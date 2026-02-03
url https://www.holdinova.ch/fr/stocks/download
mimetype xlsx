--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -417,21746 +417,22084 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C1668"/>
+  <dimension ref="A1:C1694"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="10" customWidth="1" min="1" max="1"/>
     <col width="5" customWidth="1" min="2" max="2"/>
     <col width="6" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>CHF</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Volume</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45960</v>
+        <v>46051</v>
       </c>
       <c r="B2" t="n">
-        <v>150</v>
+        <v>142.5</v>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>308</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45958</v>
+        <v>46042</v>
       </c>
       <c r="B3" t="n">
-        <v>150</v>
+        <v>143.5</v>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45957</v>
+        <v>46037</v>
       </c>
       <c r="B4" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45954</v>
+        <v>46036</v>
       </c>
       <c r="B5" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45953</v>
+        <v>46030</v>
       </c>
       <c r="B6" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>930</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45952</v>
+        <v>46027</v>
       </c>
       <c r="B7" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45951</v>
+        <v>46021</v>
       </c>
       <c r="B8" t="n">
-        <v>148.2</v>
+        <v>145</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1600</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45932</v>
+        <v>46020</v>
       </c>
       <c r="B9" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>464</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45930</v>
+        <v>46014</v>
       </c>
       <c r="B10" t="n">
-        <v>150</v>
+        <v>143.5</v>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>1510</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45929</v>
+        <v>46013</v>
       </c>
       <c r="B11" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>1713</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45926</v>
+        <v>46010</v>
       </c>
       <c r="B12" t="n">
-        <v>152</v>
+        <v>148.5</v>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45917</v>
+        <v>46009</v>
       </c>
       <c r="B13" t="n">
-        <v>154.5</v>
+        <v>149</v>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45916</v>
+        <v>46008</v>
       </c>
       <c r="B14" t="n">
-        <v>154.5</v>
+        <v>143</v>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45915</v>
+        <v>46007</v>
       </c>
       <c r="B15" t="n">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45912</v>
+        <v>46002</v>
       </c>
       <c r="B16" t="n">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45910</v>
+        <v>46000</v>
       </c>
       <c r="B17" t="n">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45909</v>
+        <v>45994</v>
       </c>
       <c r="B18" t="n">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45908</v>
+        <v>45992</v>
       </c>
       <c r="B19" t="n">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>483</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45905</v>
+        <v>45989</v>
       </c>
       <c r="B20" t="n">
-        <v>153</v>
+        <v>144.2</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>402</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45903</v>
+        <v>45986</v>
       </c>
       <c r="B21" t="n">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45902</v>
+        <v>45980</v>
       </c>
       <c r="B22" t="n">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45901</v>
+        <v>45979</v>
       </c>
       <c r="B23" t="n">
-        <v>152.5</v>
+        <v>148</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45898</v>
+        <v>45972</v>
       </c>
       <c r="B24" t="n">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45896</v>
+        <v>45971</v>
       </c>
       <c r="B25" t="n">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>1779</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45895</v>
+        <v>45966</v>
       </c>
       <c r="B26" t="n">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>590</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45894</v>
+        <v>45965</v>
       </c>
       <c r="B27" t="n">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45891</v>
+        <v>45960</v>
       </c>
       <c r="B28" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45887</v>
+        <v>45958</v>
       </c>
       <c r="B29" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>73</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45886</v>
+        <v>45957</v>
       </c>
       <c r="B30" t="n">
-        <v>154.5</v>
+        <v>150</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45884</v>
+        <v>45954</v>
       </c>
       <c r="B31" t="n">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45883</v>
+        <v>45953</v>
       </c>
       <c r="B32" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45882</v>
+        <v>45952</v>
       </c>
       <c r="B33" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45881</v>
+        <v>45951</v>
       </c>
       <c r="B34" t="n">
-        <v>152</v>
+        <v>148.2</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45877</v>
+        <v>45932</v>
       </c>
       <c r="B35" t="n">
-        <v>152.5</v>
+        <v>150</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45876</v>
+        <v>45930</v>
       </c>
       <c r="B36" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45875</v>
+        <v>45929</v>
       </c>
       <c r="B37" t="n">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1713</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45874</v>
+        <v>45926</v>
       </c>
       <c r="B38" t="n">
-        <v>152.5</v>
+        <v>152</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>45869</v>
+        <v>45917</v>
       </c>
       <c r="B39" t="n">
-        <v>151</v>
+        <v>154.5</v>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>45868</v>
+        <v>45916</v>
       </c>
       <c r="B40" t="n">
-        <v>150</v>
+        <v>154.5</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>1300</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>45867</v>
+        <v>45915</v>
       </c>
       <c r="B41" t="n">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
-        <v>45866</v>
+        <v>45912</v>
       </c>
       <c r="B42" t="n">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>705</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
-        <v>45863</v>
+        <v>45910</v>
       </c>
       <c r="B43" t="n">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>1999</t>
+          <t>357</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>45862</v>
+        <v>45909</v>
       </c>
       <c r="B44" t="n">
-        <v>148.5</v>
+        <v>151</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2495</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
-        <v>45861</v>
+        <v>45908</v>
       </c>
       <c r="B45" t="n">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2395</t>
+          <t>483</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
-        <v>45860</v>
+        <v>45905</v>
       </c>
       <c r="B46" t="n">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>1590</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
-        <v>45856</v>
+        <v>45903</v>
       </c>
       <c r="B47" t="n">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
-        <v>45841</v>
+        <v>45902</v>
       </c>
       <c r="B48" t="n">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
-        <v>45840</v>
+        <v>45901</v>
       </c>
       <c r="B49" t="n">
-        <v>142.9</v>
+        <v>152.5</v>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>37</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
-        <v>45839</v>
+        <v>45898</v>
       </c>
       <c r="B50" t="n">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>88</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
-        <v>45838</v>
+        <v>45896</v>
       </c>
       <c r="B51" t="n">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>1779</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
-        <v>45833</v>
+        <v>45895</v>
       </c>
       <c r="B52" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>377</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
-        <v>45832</v>
+        <v>45894</v>
       </c>
       <c r="B53" t="n">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>222</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
-        <v>45826</v>
+        <v>45891</v>
       </c>
       <c r="B54" t="n">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>45819</v>
+        <v>45887</v>
       </c>
       <c r="B55" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>725</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
-        <v>45818</v>
+        <v>45886</v>
       </c>
       <c r="B56" t="n">
-        <v>140</v>
+        <v>154.5</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
-        <v>45813</v>
+        <v>45884</v>
       </c>
       <c r="B57" t="n">
-        <v>141.4</v>
+        <v>154</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
-        <v>45812</v>
+        <v>45883</v>
       </c>
       <c r="B58" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>1051</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
-        <v>45805</v>
+        <v>45882</v>
       </c>
       <c r="B59" t="n">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
-        <v>45798</v>
+        <v>45881</v>
       </c>
       <c r="B60" t="n">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
-        <v>45793</v>
+        <v>45877</v>
       </c>
       <c r="B61" t="n">
-        <v>140</v>
+        <v>152.5</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
-        <v>45789</v>
+        <v>45876</v>
       </c>
       <c r="B62" t="n">
-        <v>142.9</v>
+        <v>152</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>529</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
-        <v>45786</v>
+        <v>45875</v>
       </c>
       <c r="B63" t="n">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
-        <v>45785</v>
+        <v>45874</v>
       </c>
       <c r="B64" t="n">
-        <v>140</v>
+        <v>152.5</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
-        <v>45777</v>
+        <v>45869</v>
       </c>
       <c r="B65" t="n">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>1400</t>
+          <t>475</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
-        <v>45775</v>
+        <v>45868</v>
       </c>
       <c r="B66" t="n">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>1300</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
-        <v>45772</v>
+        <v>45867</v>
       </c>
       <c r="B67" t="n">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>275</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
-        <v>45770</v>
+        <v>45866</v>
       </c>
       <c r="B68" t="n">
-        <v>142.4</v>
+        <v>150</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>520</t>
+          <t>969</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
-        <v>45764</v>
+        <v>45863</v>
       </c>
       <c r="B69" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>1999</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
-        <v>45754</v>
+        <v>45862</v>
       </c>
       <c r="B70" t="n">
-        <v>141.9</v>
+        <v>148.5</v>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>625</t>
+          <t>2495</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
-        <v>45751</v>
+        <v>45861</v>
       </c>
       <c r="B71" t="n">
-        <v>141.5</v>
+        <v>149</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>2395</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
-        <v>45750</v>
+        <v>45860</v>
       </c>
       <c r="B72" t="n">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1590</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
-        <v>45742</v>
+        <v>45856</v>
       </c>
       <c r="B73" t="n">
-        <v>141.5</v>
+        <v>140</v>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>52</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
-        <v>45741</v>
+        <v>45841</v>
       </c>
       <c r="B74" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>4</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
-        <v>45740</v>
+        <v>45840</v>
       </c>
       <c r="B75" t="n">
-        <v>138</v>
+        <v>142.9</v>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
-        <v>45734</v>
+        <v>45839</v>
       </c>
       <c r="B76" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
-        <v>45733</v>
+        <v>45838</v>
       </c>
       <c r="B77" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>1263</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
-        <v>45730</v>
+        <v>45833</v>
       </c>
       <c r="B78" t="n">
         <v>140</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
-        <v>45729</v>
+        <v>45832</v>
       </c>
       <c r="B79" t="n">
         <v>140</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
-        <v>45726</v>
+        <v>45826</v>
       </c>
       <c r="B80" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
-        <v>45723</v>
+        <v>45819</v>
       </c>
       <c r="B81" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>725</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
-        <v>45722</v>
+        <v>45818</v>
       </c>
       <c r="B82" t="n">
         <v>140</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
-        <v>45720</v>
+        <v>45813</v>
       </c>
       <c r="B83" t="n">
-        <v>138.5</v>
+        <v>141.4</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
-        <v>45708</v>
+        <v>45812</v>
       </c>
       <c r="B84" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>1051</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
-        <v>45706</v>
+        <v>45805</v>
       </c>
       <c r="B85" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
-        <v>45702</v>
+        <v>45798</v>
       </c>
       <c r="B86" t="n">
         <v>140</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>1150</t>
+          <t>22</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
-        <v>45699</v>
+        <v>45793</v>
       </c>
       <c r="B87" t="n">
         <v>140</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
-        <v>45698</v>
+        <v>45789</v>
       </c>
       <c r="B88" t="n">
-        <v>138</v>
+        <v>142.9</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>529</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
-        <v>45685</v>
+        <v>45786</v>
       </c>
       <c r="B89" t="n">
-        <v>142.8</v>
+        <v>142</v>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>1540</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
-        <v>45684</v>
+        <v>45785</v>
       </c>
       <c r="B90" t="n">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>3515</t>
+          <t>431</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>45680</v>
+        <v>45777</v>
       </c>
       <c r="B91" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>1400</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
-        <v>45679</v>
+        <v>45775</v>
       </c>
       <c r="B92" t="n">
         <v>139</v>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
-        <v>45678</v>
+        <v>45772</v>
       </c>
       <c r="B93" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
-        <v>45663</v>
+        <v>45770</v>
       </c>
       <c r="B94" t="n">
-        <v>143</v>
+        <v>142.4</v>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>520</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
-        <v>45660</v>
+        <v>45764</v>
       </c>
       <c r="B95" t="n">
         <v>140</v>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
-        <v>45656</v>
+        <v>45754</v>
       </c>
       <c r="B96" t="n">
-        <v>141.7</v>
+        <v>141.9</v>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>625</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
-        <v>45653</v>
+        <v>45751</v>
       </c>
       <c r="B97" t="n">
-        <v>140</v>
+        <v>141.5</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
-        <v>45646</v>
+        <v>45750</v>
       </c>
       <c r="B98" t="n">
-        <v>142.5</v>
+        <v>139</v>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
-        <v>45645</v>
+        <v>45742</v>
       </c>
       <c r="B99" t="n">
-        <v>139</v>
+        <v>141.5</v>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="n">
-        <v>45644</v>
+        <v>45741</v>
       </c>
       <c r="B100" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="n">
-        <v>45643</v>
+        <v>45740</v>
       </c>
       <c r="B101" t="n">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
-        <v>45639</v>
+        <v>45734</v>
       </c>
       <c r="B102" t="n">
         <v>138</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
-        <v>45637</v>
+        <v>45733</v>
       </c>
       <c r="B103" t="n">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1263</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
-        <v>45636</v>
+        <v>45730</v>
       </c>
       <c r="B104" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>545</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
-        <v>45632</v>
+        <v>45729</v>
       </c>
       <c r="B105" t="n">
         <v>140</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
-        <v>45623</v>
+        <v>45726</v>
       </c>
       <c r="B106" t="n">
-        <v>142.5</v>
+        <v>141</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
-        <v>45622</v>
+        <v>45723</v>
       </c>
       <c r="B107" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>135</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
-        <v>45621</v>
+        <v>45722</v>
       </c>
       <c r="B108" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="n">
-        <v>45618</v>
+        <v>45720</v>
       </c>
       <c r="B109" t="n">
-        <v>138</v>
+        <v>138.5</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
-        <v>45616</v>
+        <v>45708</v>
       </c>
       <c r="B110" t="n">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
-        <v>45615</v>
+        <v>45706</v>
       </c>
       <c r="B111" t="n">
         <v>138</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
-        <v>45614</v>
+        <v>45702</v>
       </c>
       <c r="B112" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>1150</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
-        <v>45610</v>
+        <v>45699</v>
       </c>
       <c r="B113" t="n">
-        <v>142.5</v>
+        <v>140</v>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
-        <v>45609</v>
+        <v>45698</v>
       </c>
       <c r="B114" t="n">
         <v>138</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
-        <v>45601</v>
+        <v>45685</v>
       </c>
       <c r="B115" t="n">
-        <v>140</v>
+        <v>142.8</v>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>1540</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
-        <v>45581</v>
+        <v>45684</v>
       </c>
       <c r="B116" t="n">
-        <v>142.5</v>
+        <v>137</v>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>560</t>
+          <t>3515</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
-        <v>45580</v>
+        <v>45680</v>
       </c>
       <c r="B117" t="n">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>480</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
-        <v>45572</v>
+        <v>45679</v>
       </c>
       <c r="B118" t="n">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
-        <v>45569</v>
+        <v>45678</v>
       </c>
       <c r="B119" t="n">
         <v>140</v>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>660</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
-        <v>45567</v>
+        <v>45663</v>
       </c>
       <c r="B120" t="n">
-        <v>141.7</v>
+        <v>143</v>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>514</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
-        <v>45566</v>
+        <v>45660</v>
       </c>
       <c r="B121" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>82</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
-        <v>45565</v>
+        <v>45656</v>
       </c>
       <c r="B122" t="n">
-        <v>138</v>
+        <v>141.7</v>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
-        <v>45559</v>
+        <v>45653</v>
       </c>
       <c r="B123" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
-        <v>45558</v>
+        <v>45646</v>
       </c>
       <c r="B124" t="n">
-        <v>140</v>
+        <v>142.5</v>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
-        <v>45541</v>
+        <v>45645</v>
       </c>
       <c r="B125" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
-        <v>45540</v>
+        <v>45644</v>
       </c>
       <c r="B126" t="n">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
-        <v>45538</v>
+        <v>45643</v>
       </c>
       <c r="B127" t="n">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
-        <v>45533</v>
+        <v>45639</v>
       </c>
       <c r="B128" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
-        <v>45532</v>
+        <v>45637</v>
       </c>
       <c r="B129" t="n">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
-        <v>45526</v>
+        <v>45636</v>
       </c>
       <c r="B130" t="n">
-        <v>144.5</v>
+        <v>139</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>545</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="n">
-        <v>45524</v>
+        <v>45632</v>
       </c>
       <c r="B131" t="n">
-        <v>143.5</v>
+        <v>140</v>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="n">
-        <v>45520</v>
+        <v>45623</v>
       </c>
       <c r="B132" t="n">
-        <v>143</v>
+        <v>142.5</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="n">
-        <v>45517</v>
+        <v>45622</v>
       </c>
       <c r="B133" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="n">
-        <v>45516</v>
+        <v>45621</v>
       </c>
       <c r="B134" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="n">
-        <v>45512</v>
+        <v>45618</v>
       </c>
       <c r="B135" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
-        <v>45499</v>
+        <v>45616</v>
       </c>
       <c r="B136" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="n">
-        <v>45498</v>
+        <v>45615</v>
       </c>
       <c r="B137" t="n">
-        <v>143.5</v>
+        <v>138</v>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>146</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="n">
-        <v>45483</v>
+        <v>45614</v>
       </c>
       <c r="B138" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="n">
-        <v>45482</v>
+        <v>45610</v>
       </c>
       <c r="B139" t="n">
-        <v>140</v>
+        <v>142.5</v>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="n">
-        <v>45481</v>
+        <v>45609</v>
       </c>
       <c r="B140" t="n">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="n">
-        <v>45476</v>
+        <v>45601</v>
       </c>
       <c r="B141" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="n">
-        <v>45475</v>
+        <v>45581</v>
       </c>
       <c r="B142" t="n">
-        <v>139</v>
+        <v>142.5</v>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>560</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>45471</v>
+        <v>45580</v>
       </c>
       <c r="B143" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>73</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="n">
-        <v>45469</v>
+        <v>45572</v>
       </c>
       <c r="B144" t="n">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>157</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="n">
-        <v>45468</v>
+        <v>45569</v>
       </c>
       <c r="B145" t="n">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>719</t>
+          <t>123</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="n">
-        <v>45462</v>
+        <v>45567</v>
       </c>
       <c r="B146" t="n">
-        <v>142.7</v>
+        <v>141.7</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>514</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="n">
-        <v>45460</v>
+        <v>45566</v>
       </c>
       <c r="B147" t="n">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="n">
-        <v>45457</v>
+        <v>45565</v>
       </c>
       <c r="B148" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="n">
-        <v>45456</v>
+        <v>45559</v>
       </c>
       <c r="B149" t="n">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>756</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="n">
-        <v>45454</v>
+        <v>45558</v>
       </c>
       <c r="B150" t="n">
-        <v>142.8</v>
+        <v>140</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="n">
-        <v>45449</v>
+        <v>45541</v>
       </c>
       <c r="B151" t="n">
-        <v>142.7</v>
+        <v>143</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="n">
-        <v>45447</v>
+        <v>45540</v>
       </c>
       <c r="B152" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="n">
-        <v>45440</v>
+        <v>45538</v>
       </c>
       <c r="B153" t="n">
         <v>143</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>13</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="n">
-        <v>45439</v>
+        <v>45533</v>
       </c>
       <c r="B154" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="n">
-        <v>45435</v>
+        <v>45532</v>
       </c>
       <c r="B155" t="n">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="n">
-        <v>45433</v>
+        <v>45526</v>
       </c>
       <c r="B156" t="n">
-        <v>143.5</v>
+        <v>144.5</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>188</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="n">
-        <v>45429</v>
+        <v>45524</v>
       </c>
       <c r="B157" t="n">
-        <v>141.5</v>
+        <v>143.5</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="n">
-        <v>45428</v>
+        <v>45520</v>
       </c>
       <c r="B158" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="n">
-        <v>45427</v>
+        <v>45517</v>
       </c>
       <c r="B159" t="n">
-        <v>143.5</v>
+        <v>143</v>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="n">
-        <v>45426</v>
+        <v>45516</v>
       </c>
       <c r="B160" t="n">
-        <v>143.5</v>
+        <v>143</v>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="n">
-        <v>45420</v>
+        <v>45512</v>
       </c>
       <c r="B161" t="n">
-        <v>143.5</v>
+        <v>143</v>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>781</t>
+          <t>239</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="n">
-        <v>45419</v>
+        <v>45499</v>
       </c>
       <c r="B162" t="n">
         <v>143</v>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>1371</t>
+          <t>149</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="n">
-        <v>45418</v>
+        <v>45498</v>
       </c>
       <c r="B163" t="n">
-        <v>139</v>
+        <v>143.5</v>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="n">
-        <v>45414</v>
+        <v>45483</v>
       </c>
       <c r="B164" t="n">
-        <v>144.5</v>
+        <v>143</v>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>1016</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="n">
-        <v>45412</v>
+        <v>45482</v>
       </c>
       <c r="B165" t="n">
         <v>140</v>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="n">
-        <v>45411</v>
+        <v>45481</v>
       </c>
       <c r="B166" t="n">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="n">
-        <v>45400</v>
+        <v>45476</v>
       </c>
       <c r="B167" t="n">
-        <v>144.5</v>
+        <v>145</v>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="n">
-        <v>45392</v>
+        <v>45475</v>
       </c>
       <c r="B168" t="n">
-        <v>144.5</v>
+        <v>139</v>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="n">
-        <v>45391</v>
+        <v>45471</v>
       </c>
       <c r="B169" t="n">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>290</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="n">
-        <v>45379</v>
+        <v>45469</v>
       </c>
       <c r="B170" t="n">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="n">
-        <v>45378</v>
+        <v>45468</v>
       </c>
       <c r="B171" t="n">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>719</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="n">
-        <v>45377</v>
+        <v>45462</v>
       </c>
       <c r="B172" t="n">
-        <v>142</v>
+        <v>142.7</v>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="n">
-        <v>45370</v>
+        <v>45460</v>
       </c>
       <c r="B173" t="n">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="n">
-        <v>45369</v>
+        <v>45457</v>
       </c>
       <c r="B174" t="n">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>261</t>
+          <t>92</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="n">
-        <v>45364</v>
+        <v>45456</v>
       </c>
       <c r="B175" t="n">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>756</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="n">
-        <v>45359</v>
+        <v>45454</v>
       </c>
       <c r="B176" t="n">
-        <v>145</v>
+        <v>142.8</v>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="n">
-        <v>45358</v>
+        <v>45449</v>
       </c>
       <c r="B177" t="n">
-        <v>145</v>
+        <v>142.7</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="n">
-        <v>45356</v>
+        <v>45447</v>
       </c>
       <c r="B178" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="n">
-        <v>45351</v>
+        <v>45440</v>
       </c>
       <c r="B179" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="n">
-        <v>45350</v>
+        <v>45439</v>
       </c>
       <c r="B180" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="n">
-        <v>45349</v>
+        <v>45435</v>
       </c>
       <c r="B181" t="n">
         <v>143</v>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>34</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="n">
-        <v>45348</v>
+        <v>45433</v>
       </c>
       <c r="B182" t="n">
-        <v>144</v>
+        <v>143.5</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="n">
-        <v>45345</v>
+        <v>45429</v>
       </c>
       <c r="B183" t="n">
-        <v>144</v>
+        <v>141.5</v>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>1545</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="n">
-        <v>45343</v>
+        <v>45428</v>
       </c>
       <c r="B184" t="n">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="n">
-        <v>45342</v>
+        <v>45427</v>
       </c>
       <c r="B185" t="n">
-        <v>143</v>
+        <v>143.5</v>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="n">
-        <v>45341</v>
+        <v>45426</v>
       </c>
       <c r="B186" t="n">
-        <v>144</v>
+        <v>143.5</v>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>336</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="n">
-        <v>45338</v>
+        <v>45420</v>
       </c>
       <c r="B187" t="n">
-        <v>146</v>
+        <v>143.5</v>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>781</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="n">
-        <v>45337</v>
+        <v>45419</v>
       </c>
       <c r="B188" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>1371</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="n">
-        <v>45335</v>
+        <v>45418</v>
       </c>
       <c r="B189" t="n">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="n">
-        <v>45328</v>
+        <v>45414</v>
       </c>
       <c r="B190" t="n">
-        <v>147</v>
+        <v>144.5</v>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>1016</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="n">
-        <v>45327</v>
+        <v>45412</v>
       </c>
       <c r="B191" t="n">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="n">
-        <v>45324</v>
+        <v>45411</v>
       </c>
       <c r="B192" t="n">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="n">
-        <v>45323</v>
+        <v>45400</v>
       </c>
       <c r="B193" t="n">
-        <v>147</v>
+        <v>144.5</v>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="n">
-        <v>45322</v>
+        <v>45392</v>
       </c>
       <c r="B194" t="n">
-        <v>147</v>
+        <v>144.5</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="n">
-        <v>45321</v>
+        <v>45391</v>
       </c>
       <c r="B195" t="n">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="n">
-        <v>45320</v>
+        <v>45379</v>
       </c>
       <c r="B196" t="n">
         <v>145</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="n">
-        <v>45317</v>
+        <v>45378</v>
       </c>
       <c r="B197" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="n">
-        <v>45314</v>
+        <v>45377</v>
       </c>
       <c r="B198" t="n">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="n">
-        <v>45313</v>
+        <v>45370</v>
       </c>
       <c r="B199" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="n">
-        <v>45310</v>
+        <v>45369</v>
       </c>
       <c r="B200" t="n">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>261</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="n">
-        <v>45307</v>
+        <v>45364</v>
       </c>
       <c r="B201" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="n">
-        <v>45306</v>
+        <v>45359</v>
       </c>
       <c r="B202" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>433</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="n">
-        <v>45302</v>
+        <v>45358</v>
       </c>
       <c r="B203" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>206</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="n">
-        <v>45301</v>
+        <v>45356</v>
       </c>
       <c r="B204" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>18</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="n">
-        <v>45295</v>
+        <v>45351</v>
       </c>
       <c r="B205" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>191</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="n">
-        <v>45289</v>
+        <v>45350</v>
       </c>
       <c r="B206" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>117</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="n">
-        <v>45288</v>
+        <v>45349</v>
       </c>
       <c r="B207" t="n">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="n">
-        <v>45279</v>
+        <v>45348</v>
       </c>
       <c r="B208" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="n">
-        <v>45274</v>
+        <v>45345</v>
       </c>
       <c r="B209" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>785</t>
+          <t>1545</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="n">
-        <v>45271</v>
+        <v>45343</v>
       </c>
       <c r="B210" t="n">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="n">
-        <v>45267</v>
+        <v>45342</v>
       </c>
       <c r="B211" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>145</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="n">
-        <v>45264</v>
+        <v>45341</v>
       </c>
       <c r="B212" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>621</t>
+          <t>336</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="n">
-        <v>45260</v>
+        <v>45338</v>
       </c>
       <c r="B213" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="n">
-        <v>45258</v>
+        <v>45337</v>
       </c>
       <c r="B214" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>380</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="n">
-        <v>45253</v>
+        <v>45335</v>
       </c>
       <c r="B215" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>620</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="n">
-        <v>45247</v>
+        <v>45328</v>
       </c>
       <c r="B216" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="n">
-        <v>45246</v>
+        <v>45327</v>
       </c>
       <c r="B217" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>69</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="n">
-        <v>45244</v>
+        <v>45324</v>
       </c>
       <c r="B218" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>607</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="n">
-        <v>45230</v>
+        <v>45323</v>
       </c>
       <c r="B219" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="n">
-        <v>45226</v>
+        <v>45322</v>
       </c>
       <c r="B220" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="n">
-        <v>45225</v>
+        <v>45321</v>
       </c>
       <c r="B221" t="n">
         <v>147</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>594</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="n">
-        <v>45222</v>
+        <v>45320</v>
       </c>
       <c r="B222" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="n">
-        <v>45215</v>
+        <v>45317</v>
       </c>
       <c r="B223" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="n">
-        <v>45211</v>
+        <v>45314</v>
       </c>
       <c r="B224" t="n">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>480</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="n">
-        <v>45208</v>
+        <v>45313</v>
       </c>
       <c r="B225" t="n">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="n">
-        <v>45202</v>
+        <v>45310</v>
       </c>
       <c r="B226" t="n">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>425</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="n">
-        <v>45198</v>
+        <v>45307</v>
       </c>
       <c r="B227" t="n">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="n">
-        <v>45197</v>
+        <v>45306</v>
       </c>
       <c r="B228" t="n">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="n">
-        <v>45195</v>
+        <v>45302</v>
       </c>
       <c r="B229" t="n">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="n">
-        <v>45191</v>
+        <v>45301</v>
       </c>
       <c r="B230" t="n">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="n">
-        <v>45190</v>
+        <v>45295</v>
       </c>
       <c r="B231" t="n">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>421</t>
+          <t>265</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="n">
-        <v>45189</v>
+        <v>45289</v>
       </c>
       <c r="B232" t="n">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>1550</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="n">
-        <v>45188</v>
+        <v>45288</v>
       </c>
       <c r="B233" t="n">
         <v>147</v>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>2635</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="n">
-        <v>45187</v>
+        <v>45279</v>
       </c>
       <c r="B234" t="n">
         <v>148</v>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>1070</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="n">
-        <v>45181</v>
+        <v>45274</v>
       </c>
       <c r="B235" t="n">
         <v>148</v>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>875</t>
+          <t>785</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="n">
-        <v>45180</v>
+        <v>45271</v>
       </c>
       <c r="B236" t="n">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>1354</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="n">
-        <v>45176</v>
+        <v>45267</v>
       </c>
       <c r="B237" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>590</t>
+          <t>136</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="n">
-        <v>45174</v>
+        <v>45264</v>
       </c>
       <c r="B238" t="n">
         <v>148</v>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>621</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="n">
-        <v>45173</v>
+        <v>45260</v>
       </c>
       <c r="B239" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="n">
-        <v>45169</v>
+        <v>45258</v>
       </c>
       <c r="B240" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="n">
-        <v>45152</v>
+        <v>45253</v>
       </c>
       <c r="B241" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>1250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="n">
-        <v>45148</v>
+        <v>45247</v>
       </c>
       <c r="B242" t="n">
         <v>148</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="n">
-        <v>45147</v>
+        <v>45246</v>
       </c>
       <c r="B243" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="n">
-        <v>45141</v>
+        <v>45244</v>
       </c>
       <c r="B244" t="n">
         <v>150</v>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>690</t>
+          <t>607</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="n">
-        <v>45140</v>
+        <v>45230</v>
       </c>
       <c r="B245" t="n">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>570</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="n">
-        <v>45138</v>
+        <v>45226</v>
       </c>
       <c r="B246" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>13</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="n">
-        <v>45135</v>
+        <v>45225</v>
       </c>
       <c r="B247" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="n">
-        <v>45134</v>
+        <v>45222</v>
       </c>
       <c r="B248" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>1252</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="n">
-        <v>45133</v>
+        <v>45215</v>
       </c>
       <c r="B249" t="n">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="n">
-        <v>45132</v>
+        <v>45211</v>
       </c>
       <c r="B250" t="n">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>205</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="n">
-        <v>45131</v>
+        <v>45208</v>
       </c>
       <c r="B251" t="n">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="n">
-        <v>45128</v>
+        <v>45202</v>
       </c>
       <c r="B252" t="n">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>495</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="n">
-        <v>45127</v>
+        <v>45198</v>
       </c>
       <c r="B253" t="n">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="n">
-        <v>45126</v>
+        <v>45197</v>
       </c>
       <c r="B254" t="n">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>720</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="n">
-        <v>45125</v>
+        <v>45195</v>
       </c>
       <c r="B255" t="n">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>5250</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="n">
-        <v>45124</v>
+        <v>45191</v>
       </c>
       <c r="B256" t="n">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="n">
-        <v>45120</v>
+        <v>45190</v>
       </c>
       <c r="B257" t="n">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>311</t>
+          <t>421</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="n">
-        <v>45119</v>
+        <v>45189</v>
       </c>
       <c r="B258" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>1550</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="n">
-        <v>45118</v>
+        <v>45188</v>
       </c>
       <c r="B259" t="n">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>2635</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
-        <v>45112</v>
+        <v>45187</v>
       </c>
       <c r="B260" t="n">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>1070</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="2" t="n">
-        <v>45107</v>
+        <v>45181</v>
       </c>
       <c r="B261" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>875</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="n">
-        <v>45097</v>
+        <v>45180</v>
       </c>
       <c r="B262" t="n">
         <v>147</v>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>1354</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="2" t="n">
-        <v>45096</v>
+        <v>45176</v>
       </c>
       <c r="B263" t="n">
         <v>147</v>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>590</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="2" t="n">
-        <v>45093</v>
+        <v>45174</v>
       </c>
       <c r="B264" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="2" t="n">
-        <v>45085</v>
+        <v>45173</v>
       </c>
       <c r="B265" t="n">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>2050</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="2" t="n">
-        <v>45084</v>
+        <v>45169</v>
       </c>
       <c r="B266" t="n">
         <v>150</v>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="2" t="n">
-        <v>45083</v>
+        <v>45152</v>
       </c>
       <c r="B267" t="n">
         <v>150</v>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>1250</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="2" t="n">
-        <v>45079</v>
+        <v>45148</v>
       </c>
       <c r="B268" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="2" t="n">
-        <v>45065</v>
+        <v>45147</v>
       </c>
       <c r="B269" t="n">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="2" t="n">
-        <v>45061</v>
+        <v>45141</v>
       </c>
       <c r="B270" t="n">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>690</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="2" t="n">
-        <v>45054</v>
+        <v>45140</v>
       </c>
       <c r="B271" t="n">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>570</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="2" t="n">
-        <v>45049</v>
+        <v>45138</v>
       </c>
       <c r="B272" t="n">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="2" t="n">
-        <v>45048</v>
+        <v>45135</v>
       </c>
       <c r="B273" t="n">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="2" t="n">
-        <v>45044</v>
+        <v>45134</v>
       </c>
       <c r="B274" t="n">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>1252</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="2" t="n">
-        <v>45043</v>
+        <v>45133</v>
       </c>
       <c r="B275" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="2" t="n">
-        <v>45041</v>
+        <v>45132</v>
       </c>
       <c r="B276" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="2" t="n">
-        <v>45029</v>
+        <v>45131</v>
       </c>
       <c r="B277" t="n">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="2" t="n">
-        <v>45020</v>
+        <v>45128</v>
       </c>
       <c r="B278" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>705</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="2" t="n">
-        <v>45015</v>
+        <v>45127</v>
       </c>
       <c r="B279" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="2" t="n">
-        <v>45014</v>
+        <v>45126</v>
       </c>
       <c r="B280" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>720</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="2" t="n">
-        <v>45006</v>
+        <v>45125</v>
       </c>
       <c r="B281" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>5250</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="2" t="n">
-        <v>44994</v>
+        <v>45124</v>
       </c>
       <c r="B282" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="2" t="n">
-        <v>44992</v>
+        <v>45120</v>
       </c>
       <c r="B283" t="n">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>311</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="2" t="n">
-        <v>44987</v>
+        <v>45119</v>
       </c>
       <c r="B284" t="n">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>147</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="2" t="n">
-        <v>44986</v>
+        <v>45118</v>
       </c>
       <c r="B285" t="n">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="2" t="n">
-        <v>44974</v>
+        <v>45112</v>
       </c>
       <c r="B286" t="n">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="2" t="n">
-        <v>44971</v>
+        <v>45107</v>
       </c>
       <c r="B287" t="n">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="2" t="n">
-        <v>44965</v>
+        <v>45097</v>
       </c>
       <c r="B288" t="n">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="2" t="n">
-        <v>44964</v>
+        <v>45096</v>
       </c>
       <c r="B289" t="n">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="2" t="n">
-        <v>44963</v>
+        <v>45093</v>
       </c>
       <c r="B290" t="n">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="2" t="n">
-        <v>44960</v>
+        <v>45085</v>
       </c>
       <c r="B291" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>2050</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="2" t="n">
-        <v>44959</v>
+        <v>45084</v>
       </c>
       <c r="B292" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>734</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="2" t="n">
-        <v>44958</v>
+        <v>45083</v>
       </c>
       <c r="B293" t="n">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>1171</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="2" t="n">
-        <v>44956</v>
+        <v>45079</v>
       </c>
       <c r="B294" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="2" t="n">
-        <v>44953</v>
+        <v>45065</v>
       </c>
       <c r="B295" t="n">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="2" t="n">
-        <v>44950</v>
+        <v>45061</v>
       </c>
       <c r="B296" t="n">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="2" t="n">
-        <v>44949</v>
+        <v>45054</v>
       </c>
       <c r="B297" t="n">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="2" t="n">
-        <v>44946</v>
+        <v>45049</v>
       </c>
       <c r="B298" t="n">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="2" t="n">
-        <v>44944</v>
+        <v>45048</v>
       </c>
       <c r="B299" t="n">
         <v>146</v>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="2" t="n">
-        <v>44939</v>
+        <v>45044</v>
       </c>
       <c r="B300" t="n">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>34</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="2" t="n">
-        <v>44929</v>
+        <v>45043</v>
       </c>
       <c r="B301" t="n">
         <v>150</v>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="2" t="n">
-        <v>44925</v>
+        <v>45041</v>
       </c>
       <c r="B302" t="n">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="2" t="n">
-        <v>44924</v>
+        <v>45029</v>
       </c>
       <c r="B303" t="n">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>345</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="2" t="n">
-        <v>44916</v>
+        <v>45020</v>
       </c>
       <c r="B304" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="2" t="n">
-        <v>44910</v>
+        <v>45015</v>
       </c>
       <c r="B305" t="n">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="2" t="n">
-        <v>44909</v>
+        <v>45014</v>
       </c>
       <c r="B306" t="n">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="2" t="n">
-        <v>44901</v>
+        <v>45006</v>
       </c>
       <c r="B307" t="n">
         <v>147</v>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="2" t="n">
-        <v>44897</v>
+        <v>44994</v>
       </c>
       <c r="B308" t="n">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="2" t="n">
-        <v>44895</v>
+        <v>44992</v>
       </c>
       <c r="B309" t="n">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>376</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="2" t="n">
-        <v>44887</v>
+        <v>44987</v>
       </c>
       <c r="B310" t="n">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="2" t="n">
-        <v>44883</v>
+        <v>44986</v>
       </c>
       <c r="B311" t="n">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="2" t="n">
-        <v>44882</v>
+        <v>44974</v>
       </c>
       <c r="B312" t="n">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="2" t="n">
-        <v>44880</v>
+        <v>44971</v>
       </c>
       <c r="B313" t="n">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="2" t="n">
-        <v>44869</v>
+        <v>44965</v>
       </c>
       <c r="B314" t="n">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>605</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="2" t="n">
-        <v>44868</v>
+        <v>44964</v>
       </c>
       <c r="B315" t="n">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="2" t="n">
-        <v>44865</v>
+        <v>44963</v>
       </c>
       <c r="B316" t="n">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="2" t="n">
-        <v>44861</v>
+        <v>44960</v>
       </c>
       <c r="B317" t="n">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="2" t="n">
-        <v>44860</v>
+        <v>44959</v>
       </c>
       <c r="B318" t="n">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>734</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="2" t="n">
-        <v>44855</v>
+        <v>44958</v>
       </c>
       <c r="B319" t="n">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>1171</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="2" t="n">
-        <v>44852</v>
+        <v>44956</v>
       </c>
       <c r="B320" t="n">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="2" t="n">
-        <v>44841</v>
+        <v>44953</v>
       </c>
       <c r="B321" t="n">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="2" t="n">
-        <v>44840</v>
+        <v>44950</v>
       </c>
       <c r="B322" t="n">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="2" t="n">
-        <v>44839</v>
+        <v>44949</v>
       </c>
       <c r="B323" t="n">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="2" t="n">
-        <v>44838</v>
+        <v>44946</v>
       </c>
       <c r="B324" t="n">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="2" t="n">
-        <v>44837</v>
+        <v>44944</v>
       </c>
       <c r="B325" t="n">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="2" t="n">
-        <v>44834</v>
+        <v>44939</v>
       </c>
       <c r="B326" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="2" t="n">
-        <v>44833</v>
+        <v>44929</v>
       </c>
       <c r="B327" t="n">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="2" t="n">
-        <v>44830</v>
+        <v>44925</v>
       </c>
       <c r="B328" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="2" t="n">
-        <v>44827</v>
+        <v>44924</v>
       </c>
       <c r="B329" t="n">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>345</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="2" t="n">
-        <v>44825</v>
+        <v>44916</v>
       </c>
       <c r="B330" t="n">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="2" t="n">
-        <v>44823</v>
+        <v>44910</v>
       </c>
       <c r="B331" t="n">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="2" t="n">
-        <v>44819</v>
+        <v>44909</v>
       </c>
       <c r="B332" t="n">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>668</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="2" t="n">
-        <v>44818</v>
+        <v>44901</v>
       </c>
       <c r="B333" t="n">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="2" t="n">
-        <v>44817</v>
+        <v>44897</v>
       </c>
       <c r="B334" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>134</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="2" t="n">
-        <v>44816</v>
+        <v>44895</v>
       </c>
       <c r="B335" t="n">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="2" t="n">
-        <v>44813</v>
+        <v>44887</v>
       </c>
       <c r="B336" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="2" t="n">
-        <v>44809</v>
+        <v>44883</v>
       </c>
       <c r="B337" t="n">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="2" t="n">
-        <v>44806</v>
+        <v>44882</v>
       </c>
       <c r="B338" t="n">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>169</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="2" t="n">
-        <v>44804</v>
+        <v>44880</v>
       </c>
       <c r="B339" t="n">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="2" t="n">
-        <v>44799</v>
+        <v>44869</v>
       </c>
       <c r="B340" t="n">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>605</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="2" t="n">
-        <v>44796</v>
+        <v>44868</v>
       </c>
       <c r="B341" t="n">
         <v>144</v>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="2" t="n">
-        <v>44795</v>
+        <v>44865</v>
       </c>
       <c r="B342" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="2" t="n">
-        <v>44792</v>
+        <v>44861</v>
       </c>
       <c r="B343" t="n">
         <v>141</v>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="2" t="n">
-        <v>44791</v>
+        <v>44860</v>
       </c>
       <c r="B344" t="n">
         <v>143</v>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>1452</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="2" t="n">
-        <v>44788</v>
+        <v>44855</v>
       </c>
       <c r="B345" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="2" t="n">
-        <v>44785</v>
+        <v>44852</v>
       </c>
       <c r="B346" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="2" t="n">
-        <v>44784</v>
+        <v>44841</v>
       </c>
       <c r="B347" t="n">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="2" t="n">
-        <v>44782</v>
+        <v>44840</v>
       </c>
       <c r="B348" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="2" t="n">
-        <v>44776</v>
+        <v>44839</v>
       </c>
       <c r="B349" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="2" t="n">
-        <v>44775</v>
+        <v>44838</v>
       </c>
       <c r="B350" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="2" t="n">
-        <v>44771</v>
+        <v>44837</v>
       </c>
       <c r="B351" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>16</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="2" t="n">
-        <v>44767</v>
+        <v>44834</v>
       </c>
       <c r="B352" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="2" t="n">
-        <v>44763</v>
+        <v>44833</v>
       </c>
       <c r="B353" t="n">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="2" t="n">
-        <v>44757</v>
+        <v>44830</v>
       </c>
       <c r="B354" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="2" t="n">
-        <v>44754</v>
+        <v>44827</v>
       </c>
       <c r="B355" t="n">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>680</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="2" t="n">
-        <v>44753</v>
+        <v>44825</v>
       </c>
       <c r="B356" t="n">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>2930</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="2" t="n">
-        <v>44749</v>
+        <v>44823</v>
       </c>
       <c r="B357" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="2" t="n">
-        <v>44742</v>
+        <v>44819</v>
       </c>
       <c r="B358" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>668</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="2" t="n">
-        <v>44740</v>
+        <v>44818</v>
       </c>
       <c r="B359" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>2015</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="2" t="n">
-        <v>44739</v>
+        <v>44817</v>
       </c>
       <c r="B360" t="n">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="2" t="n">
-        <v>44733</v>
+        <v>44816</v>
       </c>
       <c r="B361" t="n">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="2" t="n">
-        <v>44729</v>
+        <v>44813</v>
       </c>
       <c r="B362" t="n">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>805</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="2" t="n">
-        <v>44722</v>
+        <v>44809</v>
       </c>
       <c r="B363" t="n">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C363" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="2" t="n">
-        <v>44721</v>
+        <v>44806</v>
       </c>
       <c r="B364" t="n">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>169</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="2" t="n">
-        <v>44719</v>
+        <v>44804</v>
       </c>
       <c r="B365" t="n">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="2" t="n">
-        <v>44715</v>
+        <v>44799</v>
       </c>
       <c r="B366" t="n">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>1450</t>
+          <t>91</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="2" t="n">
-        <v>44714</v>
+        <v>44796</v>
       </c>
       <c r="B367" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="2" t="n">
-        <v>44713</v>
+        <v>44795</v>
       </c>
       <c r="B368" t="n">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>71</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="2" t="n">
-        <v>44712</v>
+        <v>44792</v>
       </c>
       <c r="B369" t="n">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>1178</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="2" t="n">
-        <v>44711</v>
+        <v>44791</v>
       </c>
       <c r="B370" t="n">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>1452</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="2" t="n">
-        <v>44708</v>
+        <v>44788</v>
       </c>
       <c r="B371" t="n">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>222</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="2" t="n">
-        <v>44704</v>
+        <v>44785</v>
       </c>
       <c r="B372" t="n">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>281</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="2" t="n">
-        <v>44698</v>
+        <v>44784</v>
       </c>
       <c r="B373" t="n">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="2" t="n">
-        <v>44697</v>
+        <v>44782</v>
       </c>
       <c r="B374" t="n">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="2" t="n">
-        <v>44694</v>
+        <v>44776</v>
       </c>
       <c r="B375" t="n">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="2" t="n">
-        <v>44692</v>
+        <v>44775</v>
       </c>
       <c r="B376" t="n">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>630</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="2" t="n">
-        <v>44687</v>
+        <v>44771</v>
       </c>
       <c r="B377" t="n">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="2" t="n">
-        <v>44683</v>
+        <v>44767</v>
       </c>
       <c r="B378" t="n">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="2" t="n">
-        <v>44678</v>
+        <v>44763</v>
       </c>
       <c r="B379" t="n">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>748</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="2" t="n">
-        <v>44673</v>
+        <v>44757</v>
       </c>
       <c r="B380" t="n">
-        <v>169</v>
+        <v>140</v>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="2" t="n">
-        <v>44672</v>
+        <v>44754</v>
       </c>
       <c r="B381" t="n">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>680</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="2" t="n">
-        <v>44659</v>
+        <v>44753</v>
       </c>
       <c r="B382" t="n">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>2930</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="2" t="n">
-        <v>44658</v>
+        <v>44749</v>
       </c>
       <c r="B383" t="n">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="2" t="n">
-        <v>44656</v>
+        <v>44742</v>
       </c>
       <c r="B384" t="n">
-        <v>175</v>
+        <v>145</v>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="2" t="n">
-        <v>44645</v>
+        <v>44740</v>
       </c>
       <c r="B385" t="n">
-        <v>175</v>
+        <v>147</v>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>85</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="2" t="n">
-        <v>44642</v>
+        <v>44739</v>
       </c>
       <c r="B386" t="n">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>415</t>
+          <t>660</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="2" t="n">
-        <v>44641</v>
+        <v>44733</v>
       </c>
       <c r="B387" t="n">
-        <v>171</v>
+        <v>145</v>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="2" t="n">
-        <v>44637</v>
+        <v>44729</v>
       </c>
       <c r="B388" t="n">
-        <v>172</v>
+        <v>145</v>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>805</t>
         </is>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="2" t="n">
-        <v>44636</v>
+        <v>44722</v>
       </c>
       <c r="B389" t="n">
-        <v>176</v>
+        <v>146</v>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="2" t="n">
-        <v>44631</v>
+        <v>44721</v>
       </c>
       <c r="B390" t="n">
-        <v>173</v>
+        <v>150</v>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="2" t="n">
-        <v>44630</v>
+        <v>44719</v>
       </c>
       <c r="B391" t="n">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="2" t="n">
-        <v>44629</v>
+        <v>44715</v>
       </c>
       <c r="B392" t="n">
-        <v>176</v>
+        <v>149</v>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>1450</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="2" t="n">
-        <v>44627</v>
+        <v>44714</v>
       </c>
       <c r="B393" t="n">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="2" t="n">
-        <v>44624</v>
+        <v>44713</v>
       </c>
       <c r="B394" t="n">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>71</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="2" t="n">
-        <v>44622</v>
+        <v>44712</v>
       </c>
       <c r="B395" t="n">
-        <v>182</v>
+        <v>154</v>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1178</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="2" t="n">
-        <v>44621</v>
+        <v>44711</v>
       </c>
       <c r="B396" t="n">
-        <v>185</v>
+        <v>153</v>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>685</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="2" t="n">
-        <v>44616</v>
+        <v>44708</v>
       </c>
       <c r="B397" t="n">
-        <v>180</v>
+        <v>158</v>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="2" t="n">
-        <v>44610</v>
+        <v>44704</v>
       </c>
       <c r="B398" t="n">
-        <v>179</v>
+        <v>156</v>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="2" t="n">
-        <v>44609</v>
+        <v>44698</v>
       </c>
       <c r="B399" t="n">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>85</t>
         </is>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="2" t="n">
-        <v>44608</v>
+        <v>44697</v>
       </c>
       <c r="B400" t="n">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>950</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="2" t="n">
-        <v>44603</v>
+        <v>44694</v>
       </c>
       <c r="B401" t="n">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>2390</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="2" t="n">
-        <v>44601</v>
+        <v>44692</v>
       </c>
       <c r="B402" t="n">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>238</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="2" t="n">
-        <v>44600</v>
+        <v>44687</v>
       </c>
       <c r="B403" t="n">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="2" t="n">
-        <v>44599</v>
+        <v>44683</v>
       </c>
       <c r="B404" t="n">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>117</t>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="2" t="n">
-        <v>44596</v>
+        <v>44678</v>
       </c>
       <c r="B405" t="n">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>748</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="2" t="n">
-        <v>44594</v>
+        <v>44673</v>
       </c>
       <c r="B406" t="n">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="2" t="n">
-        <v>44593</v>
+        <v>44672</v>
       </c>
       <c r="B407" t="n">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="2" t="n">
-        <v>44592</v>
+        <v>44659</v>
       </c>
       <c r="B408" t="n">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="2" t="n">
-        <v>44585</v>
+        <v>44658</v>
       </c>
       <c r="B409" t="n">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="2" t="n">
-        <v>44582</v>
+        <v>44656</v>
       </c>
       <c r="B410" t="n">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>94</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="2" t="n">
-        <v>44580</v>
+        <v>44645</v>
       </c>
       <c r="B411" t="n">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="2" t="n">
-        <v>44579</v>
+        <v>44642</v>
       </c>
       <c r="B412" t="n">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>415</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="2" t="n">
-        <v>44578</v>
+        <v>44641</v>
       </c>
       <c r="B413" t="n">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="2" t="n">
-        <v>44572</v>
+        <v>44637</v>
       </c>
       <c r="B414" t="n">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="2" t="n">
-        <v>44571</v>
+        <v>44636</v>
       </c>
       <c r="B415" t="n">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="2" t="n">
-        <v>44567</v>
+        <v>44631</v>
       </c>
       <c r="B416" t="n">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="2" t="n">
-        <v>44566</v>
+        <v>44630</v>
       </c>
       <c r="B417" t="n">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="2" t="n">
-        <v>44565</v>
+        <v>44629</v>
       </c>
       <c r="B418" t="n">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="2" t="n">
-        <v>44564</v>
+        <v>44627</v>
       </c>
       <c r="B419" t="n">
-        <v>181.5</v>
+        <v>174</v>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="2" t="n">
-        <v>44557</v>
+        <v>44624</v>
       </c>
       <c r="B420" t="n">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C420" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="2" t="n">
-        <v>44553</v>
+        <v>44622</v>
       </c>
       <c r="B421" t="n">
         <v>182</v>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="2" t="n">
-        <v>44551</v>
+        <v>44621</v>
       </c>
       <c r="B422" t="n">
-        <v>187.3</v>
+        <v>185</v>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>15000</t>
+          <t>255</t>
         </is>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="2" t="n">
-        <v>44550</v>
+        <v>44616</v>
       </c>
       <c r="B423" t="n">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>15050</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="2" t="n">
-        <v>44546</v>
+        <v>44610</v>
       </c>
       <c r="B424" t="n">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="2" t="n">
-        <v>44545</v>
+        <v>44609</v>
       </c>
       <c r="B425" t="n">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="2" t="n">
-        <v>44543</v>
+        <v>44608</v>
       </c>
       <c r="B426" t="n">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>950</t>
         </is>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="2" t="n">
-        <v>44540</v>
+        <v>44603</v>
       </c>
       <c r="B427" t="n">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>2390</t>
         </is>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="2" t="n">
-        <v>44530</v>
+        <v>44601</v>
       </c>
       <c r="B428" t="n">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>191</t>
         </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="2" t="n">
-        <v>44525</v>
+        <v>44600</v>
       </c>
       <c r="B429" t="n">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>1394</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="2" t="n">
-        <v>44524</v>
+        <v>44599</v>
       </c>
       <c r="B430" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="2" t="n">
-        <v>44512</v>
+        <v>44596</v>
       </c>
       <c r="B431" t="n">
-        <v>195</v>
+        <v>180</v>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="2" t="n">
-        <v>44510</v>
+        <v>44594</v>
       </c>
       <c r="B432" t="n">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="2" t="n">
-        <v>44508</v>
+        <v>44593</v>
       </c>
       <c r="B433" t="n">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="2" t="n">
-        <v>44505</v>
+        <v>44592</v>
       </c>
       <c r="B434" t="n">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="2" t="n">
-        <v>44503</v>
+        <v>44585</v>
       </c>
       <c r="B435" t="n">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="2" t="n">
-        <v>44497</v>
+        <v>44582</v>
       </c>
       <c r="B436" t="n">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>312</t>
         </is>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="2" t="n">
-        <v>44495</v>
+        <v>44580</v>
       </c>
       <c r="B437" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>135</t>
         </is>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="2" t="n">
-        <v>44488</v>
+        <v>44579</v>
       </c>
       <c r="B438" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="2" t="n">
-        <v>44487</v>
+        <v>44578</v>
       </c>
       <c r="B439" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>574</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="2" t="n">
-        <v>44484</v>
+        <v>44572</v>
       </c>
       <c r="B440" t="n">
-        <v>186.5</v>
+        <v>180</v>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>490</t>
         </is>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="2" t="n">
-        <v>44483</v>
+        <v>44571</v>
       </c>
       <c r="B441" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="2" t="n">
-        <v>44482</v>
+        <v>44567</v>
       </c>
       <c r="B442" t="n">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="2" t="n">
-        <v>44481</v>
+        <v>44566</v>
       </c>
       <c r="B443" t="n">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>215</t>
         </is>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="2" t="n">
-        <v>44475</v>
+        <v>44565</v>
       </c>
       <c r="B444" t="n">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="2" t="n">
-        <v>44468</v>
+        <v>44564</v>
       </c>
       <c r="B445" t="n">
-        <v>196</v>
+        <v>181.5</v>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="2" t="n">
-        <v>44466</v>
+        <v>44557</v>
       </c>
       <c r="B446" t="n">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="2" t="n">
-        <v>44462</v>
+        <v>44553</v>
       </c>
       <c r="B447" t="n">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="2" t="n">
-        <v>44461</v>
+        <v>44551</v>
       </c>
       <c r="B448" t="n">
-        <v>190</v>
+        <v>187.3</v>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>15000</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="2" t="n">
-        <v>44460</v>
+        <v>44550</v>
       </c>
       <c r="B449" t="n">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>15050</t>
         </is>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="2" t="n">
-        <v>44456</v>
+        <v>44546</v>
       </c>
       <c r="B450" t="n">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="2" t="n">
-        <v>44454</v>
+        <v>44545</v>
       </c>
       <c r="B451" t="n">
-        <v>196</v>
+        <v>182</v>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="2" t="n">
-        <v>44449</v>
+        <v>44543</v>
       </c>
       <c r="B452" t="n">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="2" t="n">
-        <v>44447</v>
+        <v>44540</v>
       </c>
       <c r="B453" t="n">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>983</t>
+          <t>163</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="2" t="n">
-        <v>44442</v>
+        <v>44530</v>
       </c>
       <c r="B454" t="n">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>128</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="2" t="n">
-        <v>44440</v>
+        <v>44525</v>
       </c>
       <c r="B455" t="n">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>2895</t>
+          <t>1394</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="2" t="n">
-        <v>44427</v>
+        <v>44524</v>
       </c>
       <c r="B456" t="n">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="2" t="n">
-        <v>44426</v>
+        <v>44512</v>
       </c>
       <c r="B457" t="n">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="2" t="n">
-        <v>44424</v>
+        <v>44510</v>
       </c>
       <c r="B458" t="n">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C458" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="2" t="n">
-        <v>44421</v>
+        <v>44508</v>
       </c>
       <c r="B459" t="n">
-        <v>199.9</v>
+        <v>185</v>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="2" t="n">
-        <v>44420</v>
+        <v>44505</v>
       </c>
       <c r="B460" t="n">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>263</t>
         </is>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="2" t="n">
-        <v>44414</v>
+        <v>44503</v>
       </c>
       <c r="B461" t="n">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="C461" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="2" t="n">
-        <v>44411</v>
+        <v>44497</v>
       </c>
       <c r="B462" t="n">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="2" t="n">
-        <v>44407</v>
+        <v>44495</v>
       </c>
       <c r="B463" t="n">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="2" t="n">
-        <v>44398</v>
+        <v>44488</v>
       </c>
       <c r="B464" t="n">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="2" t="n">
-        <v>44397</v>
+        <v>44487</v>
       </c>
       <c r="B465" t="n">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>2167</t>
+          <t>574</t>
         </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="2" t="n">
-        <v>44393</v>
+        <v>44484</v>
       </c>
       <c r="B466" t="n">
-        <v>191</v>
+        <v>186.5</v>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="2" t="n">
-        <v>44392</v>
+        <v>44483</v>
       </c>
       <c r="B467" t="n">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>107</t>
         </is>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="2" t="n">
-        <v>44389</v>
+        <v>44482</v>
       </c>
       <c r="B468" t="n">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="2" t="n">
-        <v>44385</v>
+        <v>44481</v>
       </c>
       <c r="B469" t="n">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="2" t="n">
-        <v>44383</v>
+        <v>44475</v>
       </c>
       <c r="B470" t="n">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>285</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="2" t="n">
-        <v>44379</v>
+        <v>44468</v>
       </c>
       <c r="B471" t="n">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="2" t="n">
-        <v>44378</v>
+        <v>44466</v>
       </c>
       <c r="B472" t="n">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="2" t="n">
-        <v>44377</v>
+        <v>44462</v>
       </c>
       <c r="B473" t="n">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>79</t>
         </is>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="2" t="n">
-        <v>44376</v>
+        <v>44461</v>
       </c>
       <c r="B474" t="n">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="2" t="n">
-        <v>44372</v>
+        <v>44460</v>
       </c>
       <c r="B475" t="n">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="2" t="n">
-        <v>44371</v>
+        <v>44456</v>
       </c>
       <c r="B476" t="n">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="2" t="n">
-        <v>44370</v>
+        <v>44454</v>
       </c>
       <c r="B477" t="n">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="2" t="n">
-        <v>44368</v>
+        <v>44449</v>
       </c>
       <c r="B478" t="n">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="2" t="n">
-        <v>44365</v>
+        <v>44447</v>
       </c>
       <c r="B479" t="n">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>983</t>
         </is>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="2" t="n">
-        <v>44364</v>
+        <v>44442</v>
       </c>
       <c r="B480" t="n">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="2" t="n">
-        <v>44363</v>
+        <v>44440</v>
       </c>
       <c r="B481" t="n">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>2895</t>
         </is>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="2" t="n">
-        <v>44362</v>
+        <v>44427</v>
       </c>
       <c r="B482" t="n">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="2" t="n">
-        <v>44357</v>
+        <v>44426</v>
       </c>
       <c r="B483" t="n">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="2" t="n">
-        <v>44356</v>
+        <v>44424</v>
       </c>
       <c r="B484" t="n">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="2" t="n">
-        <v>44354</v>
+        <v>44421</v>
       </c>
       <c r="B485" t="n">
-        <v>196</v>
+        <v>199.9</v>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="2" t="n">
-        <v>44350</v>
+        <v>44420</v>
       </c>
       <c r="B486" t="n">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="2" t="n">
-        <v>44348</v>
+        <v>44414</v>
       </c>
       <c r="B487" t="n">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C487" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="2" t="n">
-        <v>44347</v>
+        <v>44411</v>
       </c>
       <c r="B488" t="n">
         <v>195</v>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>385</t>
         </is>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="2" t="n">
-        <v>44344</v>
+        <v>44407</v>
       </c>
       <c r="B489" t="n">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="2" t="n">
-        <v>44342</v>
+        <v>44398</v>
       </c>
       <c r="B490" t="n">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="2" t="n">
-        <v>44341</v>
+        <v>44397</v>
       </c>
       <c r="B491" t="n">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>2167</t>
         </is>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="2" t="n">
-        <v>44328</v>
+        <v>44393</v>
       </c>
       <c r="B492" t="n">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>213</t>
         </is>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="2" t="n">
-        <v>44321</v>
+        <v>44392</v>
       </c>
       <c r="B493" t="n">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="2" t="n">
-        <v>44320</v>
+        <v>44389</v>
       </c>
       <c r="B494" t="n">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="2" t="n">
-        <v>44319</v>
+        <v>44385</v>
       </c>
       <c r="B495" t="n">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>85</t>
         </is>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="2" t="n">
-        <v>44315</v>
+        <v>44383</v>
       </c>
       <c r="B496" t="n">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>285</t>
         </is>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="2" t="n">
-        <v>44314</v>
+        <v>44379</v>
       </c>
       <c r="B497" t="n">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>560</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="2" t="n">
-        <v>44312</v>
+        <v>44378</v>
       </c>
       <c r="B498" t="n">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="2" t="n">
-        <v>44308</v>
+        <v>44377</v>
       </c>
       <c r="B499" t="n">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="2" t="n">
-        <v>44307</v>
+        <v>44376</v>
       </c>
       <c r="B500" t="n">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="2" t="n">
-        <v>44305</v>
+        <v>44372</v>
       </c>
       <c r="B501" t="n">
-        <v>199.9</v>
+        <v>192</v>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>255</t>
         </is>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="2" t="n">
-        <v>44302</v>
+        <v>44371</v>
       </c>
       <c r="B502" t="n">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>117</t>
         </is>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="2" t="n">
-        <v>44300</v>
+        <v>44370</v>
       </c>
       <c r="B503" t="n">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="2" t="n">
-        <v>44299</v>
+        <v>44368</v>
       </c>
       <c r="B504" t="n">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="2" t="n">
-        <v>44298</v>
+        <v>44365</v>
       </c>
       <c r="B505" t="n">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="2" t="n">
-        <v>44294</v>
+        <v>44364</v>
       </c>
       <c r="B506" t="n">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="2" t="n">
-        <v>44293</v>
+        <v>44363</v>
       </c>
       <c r="B507" t="n">
         <v>195</v>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="2" t="n">
-        <v>44285</v>
+        <v>44362</v>
       </c>
       <c r="B508" t="n">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="2" t="n">
-        <v>44284</v>
+        <v>44357</v>
       </c>
       <c r="B509" t="n">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="2" t="n">
-        <v>44278</v>
+        <v>44356</v>
       </c>
       <c r="B510" t="n">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="2" t="n">
-        <v>44277</v>
+        <v>44354</v>
       </c>
       <c r="B511" t="n">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="2" t="n">
-        <v>44272</v>
+        <v>44350</v>
       </c>
       <c r="B512" t="n">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="2" t="n">
-        <v>44271</v>
+        <v>44348</v>
       </c>
       <c r="B513" t="n">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="2" t="n">
-        <v>44270</v>
+        <v>44347</v>
       </c>
       <c r="B514" t="n">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="2" t="n">
-        <v>44265</v>
+        <v>44344</v>
       </c>
       <c r="B515" t="n">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="2" t="n">
-        <v>44258</v>
+        <v>44342</v>
       </c>
       <c r="B516" t="n">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="2" t="n">
-        <v>44257</v>
+        <v>44341</v>
       </c>
       <c r="B517" t="n">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="2" t="n">
-        <v>44252</v>
+        <v>44328</v>
       </c>
       <c r="B518" t="n">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="2" t="n">
-        <v>44250</v>
+        <v>44321</v>
       </c>
       <c r="B519" t="n">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="2" t="n">
-        <v>44247</v>
+        <v>44320</v>
       </c>
       <c r="B520" t="n">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="2" t="n">
-        <v>44245</v>
+        <v>44319</v>
       </c>
       <c r="B521" t="n">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>115</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="2" t="n">
-        <v>44237</v>
+        <v>44315</v>
       </c>
       <c r="B522" t="n">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="2" t="n">
-        <v>44236</v>
+        <v>44314</v>
       </c>
       <c r="B523" t="n">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>560</t>
         </is>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="2" t="n">
-        <v>44235</v>
+        <v>44312</v>
       </c>
       <c r="B524" t="n">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="2" t="n">
-        <v>44232</v>
+        <v>44308</v>
       </c>
       <c r="B525" t="n">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="2" t="n">
-        <v>44225</v>
+        <v>44307</v>
       </c>
       <c r="B526" t="n">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="2" t="n">
-        <v>44224</v>
+        <v>44305</v>
       </c>
       <c r="B527" t="n">
-        <v>199</v>
+        <v>199.9</v>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="2" t="n">
-        <v>44222</v>
+        <v>44302</v>
       </c>
       <c r="B528" t="n">
         <v>200</v>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="2" t="n">
-        <v>44221</v>
+        <v>44300</v>
       </c>
       <c r="B529" t="n">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="2" t="n">
-        <v>44218</v>
+        <v>44299</v>
       </c>
       <c r="B530" t="n">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>705</t>
         </is>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="2" t="n">
-        <v>44216</v>
+        <v>44298</v>
       </c>
       <c r="B531" t="n">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="2" t="n">
-        <v>44210</v>
+        <v>44294</v>
       </c>
       <c r="B532" t="n">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>910</t>
         </is>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="2" t="n">
-        <v>44208</v>
+        <v>44293</v>
       </c>
       <c r="B533" t="n">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="2" t="n">
-        <v>44207</v>
+        <v>44285</v>
       </c>
       <c r="B534" t="n">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="2" t="n">
-        <v>44203</v>
+        <v>44284</v>
       </c>
       <c r="B535" t="n">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="2" t="n">
-        <v>44200</v>
+        <v>44278</v>
       </c>
       <c r="B536" t="n">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>255</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="2" t="n">
-        <v>44194</v>
+        <v>44277</v>
       </c>
       <c r="B537" t="n">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>542</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="2" t="n">
-        <v>44193</v>
+        <v>44272</v>
       </c>
       <c r="B538" t="n">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="2" t="n">
-        <v>44186</v>
+        <v>44271</v>
       </c>
       <c r="B539" t="n">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C539" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="2" t="n">
-        <v>44183</v>
+        <v>44270</v>
       </c>
       <c r="B540" t="n">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>92</t>
         </is>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="2" t="n">
-        <v>44182</v>
+        <v>44265</v>
       </c>
       <c r="B541" t="n">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="2" t="n">
-        <v>44179</v>
+        <v>44258</v>
       </c>
       <c r="B542" t="n">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>76</t>
         </is>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="2" t="n">
-        <v>44176</v>
+        <v>44257</v>
       </c>
       <c r="B543" t="n">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>121</t>
         </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="2" t="n">
-        <v>44166</v>
+        <v>44252</v>
       </c>
       <c r="B544" t="n">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="2" t="n">
-        <v>44161</v>
+        <v>44250</v>
       </c>
       <c r="B545" t="n">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>435</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="2" t="n">
-        <v>44160</v>
+        <v>44247</v>
       </c>
       <c r="B546" t="n">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="2" t="n">
-        <v>44159</v>
+        <v>44245</v>
       </c>
       <c r="B547" t="n">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="2" t="n">
-        <v>44158</v>
+        <v>44237</v>
       </c>
       <c r="B548" t="n">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="2" t="n">
-        <v>44151</v>
+        <v>44236</v>
       </c>
       <c r="B549" t="n">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="2" t="n">
-        <v>44139</v>
+        <v>44235</v>
       </c>
       <c r="B550" t="n">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="2" t="n">
-        <v>44138</v>
+        <v>44232</v>
       </c>
       <c r="B551" t="n">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="2" t="n">
-        <v>44134</v>
+        <v>44225</v>
       </c>
       <c r="B552" t="n">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="2" t="n">
-        <v>44132</v>
+        <v>44224</v>
       </c>
       <c r="B553" t="n">
-        <v>178.5</v>
+        <v>199</v>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>275</t>
         </is>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="2" t="n">
-        <v>44131</v>
+        <v>44222</v>
       </c>
       <c r="B554" t="n">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>1700</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="2" t="n">
-        <v>44127</v>
+        <v>44221</v>
       </c>
       <c r="B555" t="n">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="2" t="n">
-        <v>44125</v>
+        <v>44218</v>
       </c>
       <c r="B556" t="n">
-        <v>178</v>
+        <v>195</v>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="2" t="n">
-        <v>44124</v>
+        <v>44216</v>
       </c>
       <c r="B557" t="n">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="C557" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="2" t="n">
-        <v>44123</v>
+        <v>44210</v>
       </c>
       <c r="B558" t="n">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="2" t="n">
-        <v>44119</v>
+        <v>44208</v>
       </c>
       <c r="B559" t="n">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="2" t="n">
-        <v>44118</v>
+        <v>44207</v>
       </c>
       <c r="B560" t="n">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="2" t="n">
-        <v>44117</v>
+        <v>44203</v>
       </c>
       <c r="B561" t="n">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="2" t="n">
-        <v>44116</v>
+        <v>44200</v>
       </c>
       <c r="B562" t="n">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="2" t="n">
-        <v>44112</v>
+        <v>44194</v>
       </c>
       <c r="B563" t="n">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>542</t>
         </is>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="2" t="n">
-        <v>44099</v>
+        <v>44193</v>
       </c>
       <c r="B564" t="n">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="2" t="n">
-        <v>44098</v>
+        <v>44186</v>
       </c>
       <c r="B565" t="n">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="2" t="n">
-        <v>44096</v>
+        <v>44183</v>
       </c>
       <c r="B566" t="n">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>208</t>
         </is>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="2" t="n">
-        <v>44090</v>
+        <v>44182</v>
       </c>
       <c r="B567" t="n">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="2" t="n">
-        <v>44068</v>
+        <v>44179</v>
       </c>
       <c r="B568" t="n">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="2" t="n">
-        <v>44061</v>
+        <v>44176</v>
       </c>
       <c r="B569" t="n">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="2" t="n">
-        <v>44060</v>
+        <v>44166</v>
       </c>
       <c r="B570" t="n">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="2" t="n">
-        <v>44056</v>
+        <v>44161</v>
       </c>
       <c r="B571" t="n">
-        <v>195</v>
+        <v>178</v>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>435</t>
         </is>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="2" t="n">
-        <v>44049</v>
+        <v>44160</v>
       </c>
       <c r="B572" t="n">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="2" t="n">
-        <v>44048</v>
+        <v>44159</v>
       </c>
       <c r="B573" t="n">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>1397</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="2" t="n">
-        <v>44046</v>
+        <v>44158</v>
       </c>
       <c r="B574" t="n">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="2" t="n">
-        <v>44042</v>
+        <v>44151</v>
       </c>
       <c r="B575" t="n">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="C575" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="2" t="n">
-        <v>44041</v>
+        <v>44139</v>
       </c>
       <c r="B576" t="n">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="2" t="n">
-        <v>44039</v>
+        <v>44138</v>
       </c>
       <c r="B577" t="n">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="C577" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="2" t="n">
-        <v>44036</v>
+        <v>44134</v>
       </c>
       <c r="B578" t="n">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="2" t="n">
-        <v>44032</v>
+        <v>44132</v>
       </c>
       <c r="B579" t="n">
-        <v>194</v>
+        <v>178.5</v>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="2" t="n">
-        <v>44027</v>
+        <v>44131</v>
       </c>
       <c r="B580" t="n">
-        <v>192.5</v>
+        <v>185</v>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>1700</t>
         </is>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="2" t="n">
-        <v>44021</v>
+        <v>44127</v>
       </c>
       <c r="B581" t="n">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="2" t="n">
-        <v>44018</v>
+        <v>44125</v>
       </c>
       <c r="B582" t="n">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="2" t="n">
-        <v>44014</v>
+        <v>44124</v>
       </c>
       <c r="B583" t="n">
-        <v>192.5</v>
+        <v>185</v>
       </c>
       <c r="C583" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="2" t="n">
-        <v>44013</v>
+        <v>44123</v>
       </c>
       <c r="B584" t="n">
-        <v>192.5</v>
+        <v>183</v>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="2" t="n">
-        <v>44006</v>
+        <v>44119</v>
       </c>
       <c r="B585" t="n">
-        <v>192.5</v>
+        <v>183</v>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="2" t="n">
-        <v>44005</v>
+        <v>44118</v>
       </c>
       <c r="B586" t="n">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>655</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="2" t="n">
-        <v>44004</v>
+        <v>44117</v>
       </c>
       <c r="B587" t="n">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="2" t="n">
-        <v>43999</v>
+        <v>44116</v>
       </c>
       <c r="B588" t="n">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="2" t="n">
-        <v>43993</v>
+        <v>44112</v>
       </c>
       <c r="B589" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C589" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="2" t="n">
-        <v>43986</v>
+        <v>44099</v>
       </c>
       <c r="B590" t="n">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="2" t="n">
-        <v>43980</v>
+        <v>44098</v>
       </c>
       <c r="B591" t="n">
         <v>190</v>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="2" t="n">
-        <v>43976</v>
+        <v>44096</v>
       </c>
       <c r="B592" t="n">
         <v>195</v>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>89</t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="2" t="n">
-        <v>43966</v>
+        <v>44090</v>
       </c>
       <c r="B593" t="n">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="2" t="n">
-        <v>43965</v>
+        <v>44068</v>
       </c>
       <c r="B594" t="n">
         <v>192</v>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="2" t="n">
-        <v>43962</v>
+        <v>44061</v>
       </c>
       <c r="B595" t="n">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="2" t="n">
-        <v>43961</v>
+        <v>44060</v>
       </c>
       <c r="B596" t="n">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="2" t="n">
-        <v>43957</v>
+        <v>44056</v>
       </c>
       <c r="B597" t="n">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="2" t="n">
-        <v>43956</v>
+        <v>44049</v>
       </c>
       <c r="B598" t="n">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="2" t="n">
-        <v>43950</v>
+        <v>44048</v>
       </c>
       <c r="B599" t="n">
         <v>186</v>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>1397</t>
         </is>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="2" t="n">
-        <v>43949</v>
+        <v>44046</v>
       </c>
       <c r="B600" t="n">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>239</t>
         </is>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="2" t="n">
-        <v>43948</v>
+        <v>44042</v>
       </c>
       <c r="B601" t="n">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="2" t="n">
-        <v>43945</v>
+        <v>44041</v>
       </c>
       <c r="B602" t="n">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="2" t="n">
-        <v>43944</v>
+        <v>44039</v>
       </c>
       <c r="B603" t="n">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="2" t="n">
-        <v>43942</v>
+        <v>44036</v>
       </c>
       <c r="B604" t="n">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>674</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="2" t="n">
-        <v>43941</v>
+        <v>44032</v>
       </c>
       <c r="B605" t="n">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="2" t="n">
-        <v>43937</v>
+        <v>44027</v>
       </c>
       <c r="B606" t="n">
-        <v>184</v>
+        <v>192.5</v>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="2" t="n">
-        <v>43936</v>
+        <v>44021</v>
       </c>
       <c r="B607" t="n">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>760</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="2" t="n">
-        <v>43930</v>
+        <v>44018</v>
       </c>
       <c r="B608" t="n">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="2" t="n">
-        <v>43929</v>
+        <v>44014</v>
       </c>
       <c r="B609" t="n">
-        <v>183</v>
+        <v>192.5</v>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="2" t="n">
-        <v>43927</v>
+        <v>44013</v>
       </c>
       <c r="B610" t="n">
-        <v>180</v>
+        <v>192.5</v>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="2" t="n">
-        <v>43924</v>
+        <v>44006</v>
       </c>
       <c r="B611" t="n">
-        <v>178</v>
+        <v>192.5</v>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="2" t="n">
-        <v>43923</v>
+        <v>44005</v>
       </c>
       <c r="B612" t="n">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>655</t>
         </is>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="2" t="n">
-        <v>43922</v>
+        <v>44004</v>
       </c>
       <c r="B613" t="n">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="2" t="n">
-        <v>43920</v>
+        <v>43999</v>
       </c>
       <c r="B614" t="n">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="2" t="n">
-        <v>43914</v>
+        <v>43993</v>
       </c>
       <c r="B615" t="n">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="2" t="n">
-        <v>43908</v>
+        <v>43986</v>
       </c>
       <c r="B616" t="n">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="2" t="n">
-        <v>43907</v>
+        <v>43980</v>
       </c>
       <c r="B617" t="n">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="2" t="n">
-        <v>43906</v>
+        <v>43976</v>
       </c>
       <c r="B618" t="n">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="2" t="n">
-        <v>43905</v>
+        <v>43966</v>
       </c>
       <c r="B619" t="n">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>2540</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="2" t="n">
-        <v>43902</v>
+        <v>43965</v>
       </c>
       <c r="B620" t="n">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>460</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="2" t="n">
-        <v>43901</v>
+        <v>43962</v>
       </c>
       <c r="B621" t="n">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="2" t="n">
-        <v>43900</v>
+        <v>43961</v>
       </c>
       <c r="B622" t="n">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="2" t="n">
-        <v>43899</v>
+        <v>43957</v>
       </c>
       <c r="B623" t="n">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="2" t="n">
-        <v>43896</v>
+        <v>43956</v>
       </c>
       <c r="B624" t="n">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="2" t="n">
-        <v>43895</v>
+        <v>43950</v>
       </c>
       <c r="B625" t="n">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="C625" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="2" t="n">
-        <v>43894</v>
+        <v>43949</v>
       </c>
       <c r="B626" t="n">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="C626" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="2" t="n">
-        <v>43888</v>
+        <v>43948</v>
       </c>
       <c r="B627" t="n">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="C627" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="2" t="n">
-        <v>43887</v>
+        <v>43945</v>
       </c>
       <c r="B628" t="n">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="C628" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>279</t>
         </is>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="2" t="n">
-        <v>43881</v>
+        <v>43944</v>
       </c>
       <c r="B629" t="n">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="2" t="n">
-        <v>43880</v>
+        <v>43942</v>
       </c>
       <c r="B630" t="n">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>674</t>
         </is>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="2" t="n">
-        <v>43879</v>
+        <v>43941</v>
       </c>
       <c r="B631" t="n">
-        <v>201.5</v>
+        <v>185</v>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="2" t="n">
-        <v>43875</v>
+        <v>43937</v>
       </c>
       <c r="B632" t="n">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="2" t="n">
-        <v>43874</v>
+        <v>43936</v>
       </c>
       <c r="B633" t="n">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>760</t>
         </is>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="2" t="n">
-        <v>43873</v>
+        <v>43930</v>
       </c>
       <c r="B634" t="n">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="2" t="n">
-        <v>43872</v>
+        <v>43929</v>
       </c>
       <c r="B635" t="n">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="2" t="n">
-        <v>43871</v>
+        <v>43927</v>
       </c>
       <c r="B636" t="n">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="2" t="n">
-        <v>43867</v>
+        <v>43924</v>
       </c>
       <c r="B637" t="n">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="2" t="n">
-        <v>43866</v>
+        <v>43923</v>
       </c>
       <c r="B638" t="n">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="2" t="n">
-        <v>43857</v>
+        <v>43922</v>
       </c>
       <c r="B639" t="n">
-        <v>203.5</v>
+        <v>180</v>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="2" t="n">
-        <v>43852</v>
+        <v>43920</v>
       </c>
       <c r="B640" t="n">
-        <v>203.5</v>
+        <v>175</v>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="2" t="n">
-        <v>43850</v>
+        <v>43914</v>
       </c>
       <c r="B641" t="n">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>582</t>
+          <t>960</t>
         </is>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="2" t="n">
-        <v>43847</v>
+        <v>43908</v>
       </c>
       <c r="B642" t="n">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="2" t="n">
-        <v>43846</v>
+        <v>43907</v>
       </c>
       <c r="B643" t="n">
-        <v>205</v>
+        <v>170</v>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>1510</t>
+          <t>318</t>
         </is>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="2" t="n">
-        <v>43844</v>
+        <v>43906</v>
       </c>
       <c r="B644" t="n">
-        <v>198</v>
+        <v>170</v>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="2" t="n">
-        <v>43843</v>
+        <v>43905</v>
       </c>
       <c r="B645" t="n">
-        <v>204</v>
+        <v>175</v>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>2540</t>
         </is>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="2" t="n">
-        <v>43840</v>
+        <v>43902</v>
       </c>
       <c r="B646" t="n">
-        <v>203.5</v>
+        <v>197</v>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>460</t>
         </is>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="2" t="n">
-        <v>43838</v>
+        <v>43901</v>
       </c>
       <c r="B647" t="n">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="2" t="n">
-        <v>43837</v>
+        <v>43900</v>
       </c>
       <c r="B648" t="n">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="2" t="n">
-        <v>43836</v>
+        <v>43899</v>
       </c>
       <c r="B649" t="n">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="2" t="n">
-        <v>43833</v>
+        <v>43896</v>
       </c>
       <c r="B650" t="n">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="2" t="n">
-        <v>43826</v>
+        <v>43895</v>
       </c>
       <c r="B651" t="n">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="2" t="n">
-        <v>43822</v>
+        <v>43894</v>
       </c>
       <c r="B652" t="n">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>960</t>
         </is>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="2" t="n">
-        <v>43818</v>
+        <v>43888</v>
       </c>
       <c r="B653" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="2" t="n">
-        <v>43815</v>
+        <v>43887</v>
       </c>
       <c r="B654" t="n">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="2" t="n">
-        <v>43812</v>
+        <v>43881</v>
       </c>
       <c r="B655" t="n">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="2" t="n">
-        <v>43811</v>
+        <v>43880</v>
       </c>
       <c r="B656" t="n">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>325</t>
         </is>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="2" t="n">
-        <v>43798</v>
+        <v>43879</v>
       </c>
       <c r="B657" t="n">
-        <v>207</v>
+        <v>201.5</v>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="2" t="n">
-        <v>43796</v>
+        <v>43875</v>
       </c>
       <c r="B658" t="n">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="2" t="n">
-        <v>43795</v>
+        <v>43874</v>
       </c>
       <c r="B659" t="n">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="2" t="n">
-        <v>43794</v>
+        <v>43873</v>
       </c>
       <c r="B660" t="n">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="2" t="n">
-        <v>43791</v>
+        <v>43872</v>
       </c>
       <c r="B661" t="n">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>185</t>
         </is>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="2" t="n">
-        <v>43789</v>
+        <v>43871</v>
       </c>
       <c r="B662" t="n">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="2" t="n">
-        <v>43788</v>
+        <v>43867</v>
       </c>
       <c r="B663" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="2" t="n">
-        <v>43781</v>
+        <v>43866</v>
       </c>
       <c r="B664" t="n">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="2" t="n">
-        <v>43779</v>
+        <v>43857</v>
       </c>
       <c r="B665" t="n">
-        <v>204</v>
+        <v>203.5</v>
       </c>
       <c r="C665" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>375</t>
         </is>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="2" t="n">
-        <v>43776</v>
+        <v>43852</v>
       </c>
       <c r="B666" t="n">
-        <v>199</v>
+        <v>203.5</v>
       </c>
       <c r="C666" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="2" t="n">
-        <v>43774</v>
+        <v>43850</v>
       </c>
       <c r="B667" t="n">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C667" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>582</t>
         </is>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="2" t="n">
-        <v>43773</v>
+        <v>43847</v>
       </c>
       <c r="B668" t="n">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C668" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="2" t="n">
-        <v>43770</v>
+        <v>43846</v>
       </c>
       <c r="B669" t="n">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C669" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1510</t>
         </is>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="2" t="n">
-        <v>43769</v>
+        <v>43844</v>
       </c>
       <c r="B670" t="n">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C670" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="2" t="n">
-        <v>43768</v>
+        <v>43843</v>
       </c>
       <c r="B671" t="n">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>715</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="2" t="n">
-        <v>43766</v>
+        <v>43840</v>
       </c>
       <c r="B672" t="n">
-        <v>203</v>
+        <v>203.5</v>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="2" t="n">
-        <v>43753</v>
+        <v>43838</v>
       </c>
       <c r="B673" t="n">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="2" t="n">
-        <v>43752</v>
+        <v>43837</v>
       </c>
       <c r="B674" t="n">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="2" t="n">
-        <v>43749</v>
+        <v>43836</v>
       </c>
       <c r="B675" t="n">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="2" t="n">
-        <v>43747</v>
+        <v>43833</v>
       </c>
       <c r="B676" t="n">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="2" t="n">
-        <v>43745</v>
+        <v>43826</v>
       </c>
       <c r="B677" t="n">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="2" t="n">
-        <v>43742</v>
+        <v>43822</v>
       </c>
       <c r="B678" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>1337</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="2" t="n">
-        <v>43741</v>
+        <v>43818</v>
       </c>
       <c r="B679" t="n">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="2" t="n">
-        <v>43739</v>
+        <v>43815</v>
       </c>
       <c r="B680" t="n">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="2" t="n">
-        <v>43733</v>
+        <v>43812</v>
       </c>
       <c r="B681" t="n">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="2" t="n">
-        <v>43718</v>
+        <v>43811</v>
       </c>
       <c r="B682" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="2" t="n">
-        <v>43716</v>
+        <v>43798</v>
       </c>
       <c r="B683" t="n">
         <v>207</v>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="2" t="n">
-        <v>43711</v>
+        <v>43796</v>
       </c>
       <c r="B684" t="n">
         <v>207</v>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="2" t="n">
-        <v>43707</v>
+        <v>43795</v>
       </c>
       <c r="B685" t="n">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>229</t>
         </is>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="2" t="n">
-        <v>43705</v>
+        <v>43794</v>
       </c>
       <c r="B686" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="2" t="n">
-        <v>43704</v>
+        <v>43791</v>
       </c>
       <c r="B687" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="2" t="n">
-        <v>43700</v>
+        <v>43789</v>
       </c>
       <c r="B688" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>1053</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="2" t="n">
-        <v>43691</v>
+        <v>43788</v>
       </c>
       <c r="B689" t="n">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="2" t="n">
-        <v>43690</v>
+        <v>43781</v>
       </c>
       <c r="B690" t="n">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="2" t="n">
-        <v>43689</v>
+        <v>43779</v>
       </c>
       <c r="B691" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="2" t="n">
-        <v>43686</v>
+        <v>43776</v>
       </c>
       <c r="B692" t="n">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="2" t="n">
-        <v>43685</v>
+        <v>43774</v>
       </c>
       <c r="B693" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="2" t="n">
-        <v>43683</v>
+        <v>43773</v>
       </c>
       <c r="B694" t="n">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>205</t>
         </is>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="2" t="n">
-        <v>43675</v>
+        <v>43770</v>
       </c>
       <c r="B695" t="n">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="2" t="n">
-        <v>43672</v>
+        <v>43769</v>
       </c>
       <c r="B696" t="n">
         <v>204</v>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="2" t="n">
-        <v>43671</v>
+        <v>43768</v>
       </c>
       <c r="B697" t="n">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>715</t>
         </is>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="2" t="n">
-        <v>43668</v>
+        <v>43766</v>
       </c>
       <c r="B698" t="n">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C698" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="2" t="n">
-        <v>43664</v>
+        <v>43753</v>
       </c>
       <c r="B699" t="n">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="2" t="n">
-        <v>43662</v>
+        <v>43752</v>
       </c>
       <c r="B700" t="n">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>283</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="2" t="n">
-        <v>43658</v>
+        <v>43749</v>
       </c>
       <c r="B701" t="n">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="2" t="n">
-        <v>43655</v>
+        <v>43747</v>
       </c>
       <c r="B702" t="n">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="2" t="n">
-        <v>43654</v>
+        <v>43745</v>
       </c>
       <c r="B703" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="2" t="n">
-        <v>43651</v>
+        <v>43742</v>
       </c>
       <c r="B704" t="n">
         <v>206</v>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1337</t>
         </is>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="2" t="n">
-        <v>43648</v>
+        <v>43741</v>
       </c>
       <c r="B705" t="n">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="2" t="n">
-        <v>43644</v>
+        <v>43739</v>
       </c>
       <c r="B706" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>183</t>
         </is>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="2" t="n">
-        <v>43642</v>
+        <v>43733</v>
       </c>
       <c r="B707" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="2" t="n">
-        <v>43640</v>
+        <v>43718</v>
       </c>
       <c r="B708" t="n">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="2" t="n">
-        <v>43635</v>
+        <v>43716</v>
       </c>
       <c r="B709" t="n">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="2" t="n">
-        <v>43634</v>
+        <v>43711</v>
       </c>
       <c r="B710" t="n">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>910</t>
         </is>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="2" t="n">
-        <v>43620</v>
+        <v>43707</v>
       </c>
       <c r="B711" t="n">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="2" t="n">
-        <v>43619</v>
+        <v>43705</v>
       </c>
       <c r="B712" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="2" t="n">
-        <v>43616</v>
+        <v>43704</v>
       </c>
       <c r="B713" t="n">
         <v>205</v>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="2" t="n">
-        <v>43614</v>
+        <v>43700</v>
       </c>
       <c r="B714" t="n">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>1053</t>
         </is>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="2" t="n">
-        <v>43612</v>
+        <v>43691</v>
       </c>
       <c r="B715" t="n">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1500</t>
         </is>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="2" t="n">
-        <v>43608</v>
+        <v>43690</v>
       </c>
       <c r="B716" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C716" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="2" t="n">
-        <v>43607</v>
+        <v>43689</v>
       </c>
       <c r="B717" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C717" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="2" t="n">
-        <v>43606</v>
+        <v>43686</v>
       </c>
       <c r="B718" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C718" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="2" t="n">
-        <v>43601</v>
+        <v>43685</v>
       </c>
       <c r="B719" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>484</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="2" t="n">
-        <v>43600</v>
+        <v>43683</v>
       </c>
       <c r="B720" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="2" t="n">
-        <v>43599</v>
+        <v>43675</v>
       </c>
       <c r="B721" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="2" t="n">
-        <v>43594</v>
+        <v>43672</v>
       </c>
       <c r="B722" t="n">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="2" t="n">
-        <v>43588</v>
+        <v>43671</v>
       </c>
       <c r="B723" t="n">
         <v>204</v>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="2" t="n">
-        <v>43585</v>
+        <v>43668</v>
       </c>
       <c r="B724" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="2" t="n">
-        <v>43581</v>
+        <v>43664</v>
       </c>
       <c r="B725" t="n">
         <v>209</v>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="2" t="n">
-        <v>43580</v>
+        <v>43662</v>
       </c>
       <c r="B726" t="n">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>283</t>
         </is>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="2" t="n">
-        <v>43579</v>
+        <v>43658</v>
       </c>
       <c r="B727" t="n">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="2" t="n">
-        <v>43570</v>
+        <v>43655</v>
       </c>
       <c r="B728" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="2" t="n">
-        <v>43560</v>
+        <v>43654</v>
       </c>
       <c r="B729" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="2" t="n">
-        <v>43559</v>
+        <v>43651</v>
       </c>
       <c r="B730" t="n">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>415</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="2" t="n">
-        <v>43558</v>
+        <v>43648</v>
       </c>
       <c r="B731" t="n">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="2" t="n">
-        <v>43557</v>
+        <v>43644</v>
       </c>
       <c r="B732" t="n">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="2" t="n">
-        <v>43556</v>
+        <v>43642</v>
       </c>
       <c r="B733" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>630</t>
         </is>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="2" t="n">
-        <v>43552</v>
+        <v>43640</v>
       </c>
       <c r="B734" t="n">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>78</t>
         </is>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="2" t="n">
-        <v>43550</v>
+        <v>43635</v>
       </c>
       <c r="B735" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="2" t="n">
-        <v>43546</v>
+        <v>43634</v>
       </c>
       <c r="B736" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="2" t="n">
-        <v>43545</v>
+        <v>43620</v>
       </c>
       <c r="B737" t="n">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="2" t="n">
-        <v>43538</v>
+        <v>43619</v>
       </c>
       <c r="B738" t="n">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="2" t="n">
-        <v>43537</v>
+        <v>43616</v>
       </c>
       <c r="B739" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="2" t="n">
-        <v>43536</v>
+        <v>43614</v>
       </c>
       <c r="B740" t="n">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>111</t>
         </is>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="2" t="n">
-        <v>43531</v>
+        <v>43612</v>
       </c>
       <c r="B741" t="n">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>2030</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="2" t="n">
-        <v>43529</v>
+        <v>43608</v>
       </c>
       <c r="B742" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>352</t>
         </is>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="2" t="n">
-        <v>43515</v>
+        <v>43607</v>
       </c>
       <c r="B743" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C743" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="2" t="n">
-        <v>43511</v>
+        <v>43606</v>
       </c>
       <c r="B744" t="n">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>541</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="2" t="n">
-        <v>43503</v>
+        <v>43601</v>
       </c>
       <c r="B745" t="n">
         <v>209</v>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>484</t>
         </is>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="2" t="n">
-        <v>43502</v>
+        <v>43600</v>
       </c>
       <c r="B746" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>206</t>
         </is>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="2" t="n">
-        <v>43472</v>
+        <v>43599</v>
       </c>
       <c r="B747" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="2" t="n">
-        <v>43468</v>
+        <v>43594</v>
       </c>
       <c r="B748" t="n">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="2" t="n">
-        <v>43462</v>
+        <v>43588</v>
       </c>
       <c r="B749" t="n">
         <v>204</v>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="2" t="n">
-        <v>43455</v>
+        <v>43585</v>
       </c>
       <c r="B750" t="n">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="2" t="n">
-        <v>43454</v>
+        <v>43581</v>
       </c>
       <c r="B751" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="2" t="n">
-        <v>43452</v>
+        <v>43580</v>
       </c>
       <c r="B752" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="2" t="n">
-        <v>43447</v>
+        <v>43579</v>
       </c>
       <c r="B753" t="n">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="2" t="n">
-        <v>43445</v>
+        <v>43570</v>
       </c>
       <c r="B754" t="n">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="2" t="n">
-        <v>43440</v>
+        <v>43560</v>
       </c>
       <c r="B755" t="n">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="2" t="n">
-        <v>43439</v>
+        <v>43559</v>
       </c>
       <c r="B756" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>415</t>
         </is>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="2" t="n">
-        <v>43438</v>
+        <v>43558</v>
       </c>
       <c r="B757" t="n">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="2" t="n">
-        <v>43437</v>
+        <v>43557</v>
       </c>
       <c r="B758" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="2" t="n">
-        <v>43425</v>
+        <v>43556</v>
       </c>
       <c r="B759" t="n">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="2" t="n">
-        <v>43424</v>
+        <v>43552</v>
       </c>
       <c r="B760" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="2" t="n">
-        <v>43420</v>
+        <v>43550</v>
       </c>
       <c r="B761" t="n">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="2" t="n">
-        <v>43418</v>
+        <v>43546</v>
       </c>
       <c r="B762" t="n">
         <v>205</v>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="2" t="n">
-        <v>43409</v>
+        <v>43545</v>
       </c>
       <c r="B763" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="2" t="n">
-        <v>43406</v>
+        <v>43538</v>
       </c>
       <c r="B764" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C764" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="2" t="n">
-        <v>43405</v>
+        <v>43537</v>
       </c>
       <c r="B765" t="n">
         <v>204</v>
       </c>
       <c r="C765" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="2" t="n">
-        <v>43404</v>
+        <v>43536</v>
       </c>
       <c r="B766" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C766" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="2" t="n">
-        <v>43403</v>
+        <v>43531</v>
       </c>
       <c r="B767" t="n">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C767" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>2030</t>
         </is>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="2" t="n">
-        <v>43397</v>
+        <v>43529</v>
       </c>
       <c r="B768" t="n">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="2" t="n">
-        <v>43396</v>
+        <v>43515</v>
       </c>
       <c r="B769" t="n">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C769" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="2" t="n">
-        <v>43388</v>
+        <v>43511</v>
       </c>
       <c r="B770" t="n">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>541</t>
         </is>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="2" t="n">
-        <v>43387</v>
+        <v>43503</v>
       </c>
       <c r="B771" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="2" t="n">
-        <v>43385</v>
+        <v>43502</v>
       </c>
       <c r="B772" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="2" t="n">
-        <v>43384</v>
+        <v>43472</v>
       </c>
       <c r="B773" t="n">
         <v>209</v>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>17</t>
         </is>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="2" t="n">
-        <v>43383</v>
+        <v>43468</v>
       </c>
       <c r="B774" t="n">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="2" t="n">
-        <v>43382</v>
+        <v>43462</v>
       </c>
       <c r="B775" t="n">
         <v>204</v>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>286</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="2" t="n">
-        <v>43381</v>
+        <v>43455</v>
       </c>
       <c r="B776" t="n">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="2" t="n">
-        <v>43376</v>
+        <v>43454</v>
       </c>
       <c r="B777" t="n">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="2" t="n">
-        <v>43369</v>
+        <v>43452</v>
       </c>
       <c r="B778" t="n">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="2" t="n">
-        <v>43368</v>
+        <v>43447</v>
       </c>
       <c r="B779" t="n">
         <v>208</v>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="2" t="n">
-        <v>43367</v>
+        <v>43445</v>
       </c>
       <c r="B780" t="n">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="2" t="n">
-        <v>43363</v>
+        <v>43440</v>
       </c>
       <c r="B781" t="n">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C781" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="2" t="n">
-        <v>43356</v>
+        <v>43439</v>
       </c>
       <c r="B782" t="n">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>440</t>
         </is>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="2" t="n">
-        <v>43355</v>
+        <v>43438</v>
       </c>
       <c r="B783" t="n">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>354</t>
         </is>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="2" t="n">
-        <v>43354</v>
+        <v>43437</v>
       </c>
       <c r="B784" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>591</t>
+          <t>146</t>
         </is>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="2" t="n">
-        <v>43353</v>
+        <v>43425</v>
       </c>
       <c r="B785" t="n">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>1049</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="2" t="n">
-        <v>43350</v>
+        <v>43424</v>
       </c>
       <c r="B786" t="n">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="2" t="n">
-        <v>43346</v>
+        <v>43420</v>
       </c>
       <c r="B787" t="n">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="2" t="n">
-        <v>43335</v>
+        <v>43418</v>
       </c>
       <c r="B788" t="n">
         <v>205</v>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="2" t="n">
-        <v>43334</v>
+        <v>43409</v>
       </c>
       <c r="B789" t="n">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C789" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="2" t="n">
-        <v>43332</v>
+        <v>43406</v>
       </c>
       <c r="B790" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C790" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="2" t="n">
-        <v>43328</v>
+        <v>43405</v>
       </c>
       <c r="B791" t="n">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="2" t="n">
-        <v>43327</v>
+        <v>43404</v>
       </c>
       <c r="B792" t="n">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="2" t="n">
-        <v>43326</v>
+        <v>43403</v>
       </c>
       <c r="B793" t="n">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C793" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>137</t>
         </is>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="2" t="n">
-        <v>43314</v>
+        <v>43397</v>
       </c>
       <c r="B794" t="n">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="2" t="n">
-        <v>43311</v>
+        <v>43396</v>
       </c>
       <c r="B795" t="n">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="2" t="n">
-        <v>43293</v>
+        <v>43388</v>
       </c>
       <c r="B796" t="n">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C796" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="2" t="n">
-        <v>43292</v>
+        <v>43387</v>
       </c>
       <c r="B797" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C797" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="2" t="n">
-        <v>43285</v>
+        <v>43385</v>
       </c>
       <c r="B798" t="n">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C798" t="inlineStr">
         <is>
-          <t>2325</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="2" t="n">
-        <v>43283</v>
+        <v>43384</v>
       </c>
       <c r="B799" t="n">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="2" t="n">
-        <v>43280</v>
+        <v>43383</v>
       </c>
       <c r="B800" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="2" t="n">
-        <v>43279</v>
+        <v>43382</v>
       </c>
       <c r="B801" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>286</t>
         </is>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="2" t="n">
-        <v>43276</v>
+        <v>43381</v>
       </c>
       <c r="B802" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="2" t="n">
-        <v>43273</v>
+        <v>43376</v>
       </c>
       <c r="B803" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="2" t="n">
-        <v>43262</v>
+        <v>43369</v>
       </c>
       <c r="B804" t="n">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="2" t="n">
-        <v>43257</v>
+        <v>43368</v>
       </c>
       <c r="B805" t="n">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="2" t="n">
-        <v>43250</v>
+        <v>43367</v>
       </c>
       <c r="B806" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="2" t="n">
-        <v>43238</v>
+        <v>43363</v>
       </c>
       <c r="B807" t="n">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="2" t="n">
-        <v>43237</v>
+        <v>43356</v>
       </c>
       <c r="B808" t="n">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="2" t="n">
-        <v>43234</v>
+        <v>43355</v>
       </c>
       <c r="B809" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="2" t="n">
-        <v>43231</v>
+        <v>43354</v>
       </c>
       <c r="B810" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>591</t>
         </is>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="2" t="n">
-        <v>43229</v>
+        <v>43353</v>
       </c>
       <c r="B811" t="n">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>1049</t>
         </is>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="2" t="n">
-        <v>43228</v>
+        <v>43350</v>
       </c>
       <c r="B812" t="n">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="2" t="n">
-        <v>43215</v>
+        <v>43346</v>
       </c>
       <c r="B813" t="n">
         <v>205</v>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="2" t="n">
-        <v>43213</v>
+        <v>43335</v>
       </c>
       <c r="B814" t="n">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="2" t="n">
-        <v>43210</v>
+        <v>43334</v>
       </c>
       <c r="B815" t="n">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="2" t="n">
-        <v>43207</v>
+        <v>43332</v>
       </c>
       <c r="B816" t="n">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>102</t>
         </is>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="2" t="n">
-        <v>43206</v>
+        <v>43328</v>
       </c>
       <c r="B817" t="n">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="2" t="n">
-        <v>43203</v>
+        <v>43327</v>
       </c>
       <c r="B818" t="n">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="2" t="n">
-        <v>43202</v>
+        <v>43326</v>
       </c>
       <c r="B819" t="n">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="2" t="n">
-        <v>43201</v>
+        <v>43314</v>
       </c>
       <c r="B820" t="n">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C820" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="2" t="n">
-        <v>43199</v>
+        <v>43311</v>
       </c>
       <c r="B821" t="n">
         <v>202</v>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="2" t="n">
-        <v>43196</v>
+        <v>43293</v>
       </c>
       <c r="B822" t="n">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="2" t="n">
-        <v>43195</v>
+        <v>43292</v>
       </c>
       <c r="B823" t="n">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="2" t="n">
-        <v>43188</v>
+        <v>43285</v>
       </c>
       <c r="B824" t="n">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C824" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>2325</t>
         </is>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="2" t="n">
-        <v>43178</v>
+        <v>43283</v>
       </c>
       <c r="B825" t="n">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="2" t="n">
-        <v>43172</v>
+        <v>43280</v>
       </c>
       <c r="B826" t="n">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="2" t="n">
-        <v>43171</v>
+        <v>43279</v>
       </c>
       <c r="B827" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="2" t="n">
-        <v>43168</v>
+        <v>43276</v>
       </c>
       <c r="B828" t="n">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="2" t="n">
-        <v>43158</v>
+        <v>43273</v>
       </c>
       <c r="B829" t="n">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="2" t="n">
-        <v>43152</v>
+        <v>43262</v>
       </c>
       <c r="B830" t="n">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>598</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="2" t="n">
-        <v>43144</v>
+        <v>43257</v>
       </c>
       <c r="B831" t="n">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="2" t="n">
-        <v>43139</v>
+        <v>43250</v>
       </c>
       <c r="B832" t="n">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="2" t="n">
-        <v>43136</v>
+        <v>43238</v>
       </c>
       <c r="B833" t="n">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="2" t="n">
-        <v>43133</v>
+        <v>43237</v>
       </c>
       <c r="B834" t="n">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>301</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="2" t="n">
-        <v>43122</v>
+        <v>43234</v>
       </c>
       <c r="B835" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>1025</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="2" t="n">
-        <v>43117</v>
+        <v>43231</v>
       </c>
       <c r="B836" t="n">
         <v>204</v>
       </c>
       <c r="C836" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>495</t>
         </is>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="2" t="n">
-        <v>43116</v>
+        <v>43229</v>
       </c>
       <c r="B837" t="n">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C837" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="2" t="n">
-        <v>43115</v>
+        <v>43228</v>
       </c>
       <c r="B838" t="n">
         <v>200</v>
       </c>
       <c r="C838" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="2" t="n">
-        <v>43108</v>
+        <v>43215</v>
       </c>
       <c r="B839" t="n">
         <v>205</v>
       </c>
       <c r="C839" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="2" t="n">
-        <v>43097</v>
+        <v>43213</v>
       </c>
       <c r="B840" t="n">
         <v>207</v>
       </c>
       <c r="C840" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="2" t="n">
-        <v>43089</v>
+        <v>43210</v>
       </c>
       <c r="B841" t="n">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="2" t="n">
-        <v>43084</v>
+        <v>43207</v>
       </c>
       <c r="B842" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="2" t="n">
-        <v>43080</v>
+        <v>43206</v>
       </c>
       <c r="B843" t="n">
-        <v>203.5</v>
+        <v>202</v>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>2500</t>
+          <t>135</t>
         </is>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="2" t="n">
-        <v>43073</v>
+        <v>43203</v>
       </c>
       <c r="B844" t="n">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="2" t="n">
-        <v>43070</v>
+        <v>43202</v>
       </c>
       <c r="B845" t="n">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>440</t>
         </is>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="2" t="n">
-        <v>43068</v>
+        <v>43201</v>
       </c>
       <c r="B846" t="n">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>680</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="2" t="n">
-        <v>43067</v>
+        <v>43199</v>
       </c>
       <c r="B847" t="n">
         <v>202</v>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>215</t>
         </is>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="2" t="n">
-        <v>43066</v>
+        <v>43196</v>
       </c>
       <c r="B848" t="n">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="2" t="n">
-        <v>43063</v>
+        <v>43195</v>
       </c>
       <c r="B849" t="n">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="2" t="n">
-        <v>43062</v>
+        <v>43188</v>
       </c>
       <c r="B850" t="n">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="2" t="n">
-        <v>43056</v>
+        <v>43178</v>
       </c>
       <c r="B851" t="n">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="2" t="n">
-        <v>43052</v>
+        <v>43172</v>
       </c>
       <c r="B852" t="n">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="2" t="n">
-        <v>43049</v>
+        <v>43171</v>
       </c>
       <c r="B853" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="2" t="n">
-        <v>43048</v>
+        <v>43168</v>
       </c>
       <c r="B854" t="n">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="2" t="n">
-        <v>43046</v>
+        <v>43158</v>
       </c>
       <c r="B855" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="2" t="n">
-        <v>43045</v>
+        <v>43152</v>
       </c>
       <c r="B856" t="n">
         <v>201</v>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>598</t>
         </is>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="2" t="n">
-        <v>43033</v>
+        <v>43144</v>
       </c>
       <c r="B857" t="n">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="2" t="n">
-        <v>43017</v>
+        <v>43139</v>
       </c>
       <c r="B858" t="n">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="2" t="n">
-        <v>43014</v>
+        <v>43136</v>
       </c>
       <c r="B859" t="n">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="2" t="n">
-        <v>43012</v>
+        <v>43133</v>
       </c>
       <c r="B860" t="n">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>51250</t>
+          <t>301</t>
         </is>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="2" t="n">
-        <v>43011</v>
+        <v>43122</v>
       </c>
       <c r="B861" t="n">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1025</t>
         </is>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="2" t="n">
-        <v>43003</v>
+        <v>43117</v>
       </c>
       <c r="B862" t="n">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="2" t="n">
-        <v>42992</v>
+        <v>43116</v>
       </c>
       <c r="B863" t="n">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>98</t>
         </is>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="2" t="n">
-        <v>42991</v>
+        <v>43115</v>
       </c>
       <c r="B864" t="n">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="2" t="n">
-        <v>42989</v>
+        <v>43108</v>
       </c>
       <c r="B865" t="n">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="2" t="n">
-        <v>42979</v>
+        <v>43097</v>
       </c>
       <c r="B866" t="n">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>7</t>
         </is>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="2" t="n">
-        <v>42978</v>
+        <v>43089</v>
       </c>
       <c r="B867" t="n">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="2" t="n">
-        <v>42976</v>
+        <v>43084</v>
       </c>
       <c r="B868" t="n">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="2" t="n">
-        <v>42975</v>
+        <v>43080</v>
       </c>
       <c r="B869" t="n">
-        <v>197</v>
+        <v>203.5</v>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>575</t>
+          <t>2500</t>
         </is>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="2" t="n">
-        <v>42972</v>
+        <v>43073</v>
       </c>
       <c r="B870" t="n">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="2" t="n">
-        <v>42965</v>
+        <v>43070</v>
       </c>
       <c r="B871" t="n">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>212</t>
         </is>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="2" t="n">
-        <v>42956</v>
+        <v>43068</v>
       </c>
       <c r="B872" t="n">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>680</t>
         </is>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="2" t="n">
-        <v>42954</v>
+        <v>43067</v>
       </c>
       <c r="B873" t="n">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="2" t="n">
-        <v>42950</v>
+        <v>43066</v>
       </c>
       <c r="B874" t="n">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="2" t="n">
-        <v>42942</v>
+        <v>43063</v>
       </c>
       <c r="B875" t="n">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>826</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="2" t="n">
-        <v>42941</v>
+        <v>43062</v>
       </c>
       <c r="B876" t="n">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>1789</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="2" t="n">
-        <v>42940</v>
+        <v>43056</v>
       </c>
       <c r="B877" t="n">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="2" t="n">
-        <v>42939</v>
+        <v>43052</v>
       </c>
       <c r="B878" t="n">
-        <v>193</v>
+        <v>205</v>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>265</t>
         </is>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="2" t="n">
-        <v>42936</v>
+        <v>43049</v>
       </c>
       <c r="B879" t="n">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="2" t="n">
-        <v>42935</v>
+        <v>43048</v>
       </c>
       <c r="B880" t="n">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>248</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="2" t="n">
-        <v>42933</v>
+        <v>43046</v>
       </c>
       <c r="B881" t="n">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>580</t>
         </is>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="2" t="n">
-        <v>42930</v>
+        <v>43045</v>
       </c>
       <c r="B882" t="n">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="2" t="n">
-        <v>42928</v>
+        <v>43033</v>
       </c>
       <c r="B883" t="n">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="2" t="n">
-        <v>42916</v>
+        <v>43017</v>
       </c>
       <c r="B884" t="n">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="2" t="n">
-        <v>42914</v>
+        <v>43014</v>
       </c>
       <c r="B885" t="n">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>86</t>
         </is>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="2" t="n">
-        <v>42908</v>
+        <v>43012</v>
       </c>
       <c r="B886" t="n">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>51250</t>
         </is>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="2" t="n">
-        <v>42906</v>
+        <v>43011</v>
       </c>
       <c r="B887" t="n">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="2" t="n">
-        <v>42902</v>
+        <v>43003</v>
       </c>
       <c r="B888" t="n">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="C888" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>144</t>
         </is>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="2" t="n">
-        <v>42900</v>
+        <v>42992</v>
       </c>
       <c r="B889" t="n">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="2" t="n">
-        <v>42886</v>
+        <v>42991</v>
       </c>
       <c r="B890" t="n">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>1250</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="2" t="n">
-        <v>42885</v>
+        <v>42989</v>
       </c>
       <c r="B891" t="n">
-        <v>184</v>
+        <v>201</v>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>106</t>
         </is>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="2" t="n">
-        <v>42879</v>
+        <v>42979</v>
       </c>
       <c r="B892" t="n">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>165</t>
         </is>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="2" t="n">
-        <v>42878</v>
+        <v>42978</v>
       </c>
       <c r="B893" t="n">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="2" t="n">
-        <v>42876</v>
+        <v>42976</v>
       </c>
       <c r="B894" t="n">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>312</t>
         </is>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="2" t="n">
-        <v>42872</v>
+        <v>42975</v>
       </c>
       <c r="B895" t="n">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>2688</t>
+          <t>575</t>
         </is>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="2" t="n">
-        <v>42871</v>
+        <v>42972</v>
       </c>
       <c r="B896" t="n">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="2" t="n">
-        <v>42865</v>
+        <v>42965</v>
       </c>
       <c r="B897" t="n">
-        <v>181</v>
+        <v>196</v>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="2" t="n">
-        <v>42863</v>
+        <v>42956</v>
       </c>
       <c r="B898" t="n">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>19</t>
         </is>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="2" t="n">
-        <v>42852</v>
+        <v>42954</v>
       </c>
       <c r="B899" t="n">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="2" t="n">
-        <v>42850</v>
+        <v>42950</v>
       </c>
       <c r="B900" t="n">
-        <v>171.5</v>
+        <v>196</v>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="2" t="n">
-        <v>42849</v>
+        <v>42942</v>
       </c>
       <c r="B901" t="n">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>826</t>
         </is>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="2" t="n">
-        <v>42843</v>
+        <v>42941</v>
       </c>
       <c r="B902" t="n">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>1789</t>
         </is>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="2" t="n">
-        <v>42832</v>
+        <v>42940</v>
       </c>
       <c r="B903" t="n">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="2" t="n">
-        <v>42831</v>
+        <v>42939</v>
       </c>
       <c r="B904" t="n">
-        <v>172</v>
+        <v>193</v>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="2" t="n">
-        <v>42830</v>
+        <v>42936</v>
       </c>
       <c r="B905" t="n">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>290</t>
         </is>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="2" t="n">
-        <v>42822</v>
+        <v>42935</v>
       </c>
       <c r="B906" t="n">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>6204</t>
+          <t>248</t>
         </is>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="2" t="n">
-        <v>42811</v>
+        <v>42933</v>
       </c>
       <c r="B907" t="n">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="C907" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="2" t="n">
-        <v>42797</v>
+        <v>42930</v>
       </c>
       <c r="B908" t="n">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="2" t="n">
-        <v>42792</v>
+        <v>42928</v>
       </c>
       <c r="B909" t="n">
-        <v>166</v>
+        <v>190</v>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="2" t="n">
-        <v>42789</v>
+        <v>42916</v>
       </c>
       <c r="B910" t="n">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="2" t="n">
-        <v>42787</v>
+        <v>42914</v>
       </c>
       <c r="B911" t="n">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="2" t="n">
-        <v>42786</v>
+        <v>42908</v>
       </c>
       <c r="B912" t="n">
-        <v>160.5</v>
+        <v>187</v>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="2" t="n">
-        <v>42779</v>
+        <v>42906</v>
       </c>
       <c r="B913" t="n">
-        <v>166</v>
+        <v>180</v>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="2" t="n">
-        <v>42776</v>
+        <v>42902</v>
       </c>
       <c r="B914" t="n">
-        <v>165</v>
+        <v>185</v>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="2" t="n">
-        <v>42773</v>
+        <v>42900</v>
       </c>
       <c r="B915" t="n">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="2" t="n">
-        <v>42769</v>
+        <v>42886</v>
       </c>
       <c r="B916" t="n">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>1250</t>
         </is>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="2" t="n">
-        <v>42768</v>
+        <v>42885</v>
       </c>
       <c r="B917" t="n">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="2" t="n">
-        <v>42761</v>
+        <v>42879</v>
       </c>
       <c r="B918" t="n">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="2" t="n">
-        <v>42760</v>
+        <v>42878</v>
       </c>
       <c r="B919" t="n">
-        <v>164</v>
+        <v>182</v>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="2" t="n">
-        <v>42758</v>
+        <v>42876</v>
       </c>
       <c r="B920" t="n">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="2" t="n">
-        <v>42751</v>
+        <v>42872</v>
       </c>
       <c r="B921" t="n">
-        <v>162.1</v>
+        <v>186</v>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>2688</t>
         </is>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="2" t="n">
-        <v>42744</v>
+        <v>42871</v>
       </c>
       <c r="B922" t="n">
-        <v>162</v>
+        <v>185</v>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="2" t="n">
-        <v>42740</v>
+        <v>42865</v>
       </c>
       <c r="B923" t="n">
-        <v>163</v>
+        <v>181</v>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="2" t="n">
-        <v>42738</v>
+        <v>42863</v>
       </c>
       <c r="B924" t="n">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="2" t="n">
-        <v>42726</v>
+        <v>42852</v>
       </c>
       <c r="B925" t="n">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="2" t="n">
-        <v>42725</v>
+        <v>42850</v>
       </c>
       <c r="B926" t="n">
-        <v>159</v>
+        <v>171.5</v>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="2" t="n">
-        <v>42723</v>
+        <v>42849</v>
       </c>
       <c r="B927" t="n">
-        <v>156</v>
+        <v>178</v>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>654</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="2" t="n">
-        <v>42713</v>
+        <v>42843</v>
       </c>
       <c r="B928" t="n">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>361</t>
         </is>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="2" t="n">
-        <v>42710</v>
+        <v>42832</v>
       </c>
       <c r="B929" t="n">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>625</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="2" t="n">
-        <v>42705</v>
+        <v>42831</v>
       </c>
       <c r="B930" t="n">
-        <v>158</v>
+        <v>172</v>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="2" t="n">
-        <v>42704</v>
+        <v>42830</v>
       </c>
       <c r="B931" t="n">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>979</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="2" t="n">
-        <v>42695</v>
+        <v>42822</v>
       </c>
       <c r="B932" t="n">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>730</t>
+          <t>6204</t>
         </is>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="2" t="n">
-        <v>42692</v>
+        <v>42811</v>
       </c>
       <c r="B933" t="n">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="2" t="n">
-        <v>42691</v>
+        <v>42797</v>
       </c>
       <c r="B934" t="n">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>10260</t>
+          <t>490</t>
         </is>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="2" t="n">
-        <v>42676</v>
+        <v>42792</v>
       </c>
       <c r="B935" t="n">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="2" t="n">
-        <v>42653</v>
+        <v>42789</v>
       </c>
       <c r="B936" t="n">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="2" t="n">
-        <v>42643</v>
+        <v>42787</v>
       </c>
       <c r="B937" t="n">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="2" t="n">
-        <v>42642</v>
+        <v>42786</v>
       </c>
       <c r="B938" t="n">
-        <v>161</v>
+        <v>160.5</v>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="2" t="n">
-        <v>42634</v>
+        <v>42779</v>
       </c>
       <c r="B939" t="n">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="2" t="n">
-        <v>42633</v>
+        <v>42776</v>
       </c>
       <c r="B940" t="n">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>835</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="2" t="n">
-        <v>42632</v>
+        <v>42773</v>
       </c>
       <c r="B941" t="n">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="2" t="n">
-        <v>42621</v>
+        <v>42769</v>
       </c>
       <c r="B942" t="n">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="2" t="n">
-        <v>42619</v>
+        <v>42768</v>
       </c>
       <c r="B943" t="n">
-        <v>148.5</v>
+        <v>164</v>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="2" t="n">
-        <v>42615</v>
+        <v>42761</v>
       </c>
       <c r="B944" t="n">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="2" t="n">
-        <v>42614</v>
+        <v>42760</v>
       </c>
       <c r="B945" t="n">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="2" t="n">
-        <v>42606</v>
+        <v>42758</v>
       </c>
       <c r="B946" t="n">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>185</t>
         </is>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="2" t="n">
-        <v>42604</v>
+        <v>42751</v>
       </c>
       <c r="B947" t="n">
-        <v>152</v>
+        <v>162.1</v>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>42</t>
         </is>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="2" t="n">
-        <v>42601</v>
+        <v>42744</v>
       </c>
       <c r="B948" t="n">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>1540</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="2" t="n">
-        <v>42587</v>
+        <v>42740</v>
       </c>
       <c r="B949" t="n">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="C949" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>475</t>
         </is>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="2" t="n">
-        <v>42584</v>
+        <v>42738</v>
       </c>
       <c r="B950" t="n">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="C950" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>123</t>
         </is>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="2" t="n">
-        <v>42580</v>
+        <v>42726</v>
       </c>
       <c r="B951" t="n">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="C951" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="2" t="n">
-        <v>42579</v>
+        <v>42725</v>
       </c>
       <c r="B952" t="n">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="C952" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="2" t="n">
-        <v>42570</v>
+        <v>42723</v>
       </c>
       <c r="B953" t="n">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>654</t>
         </is>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="2" t="n">
-        <v>42538</v>
+        <v>42713</v>
       </c>
       <c r="B954" t="n">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="2" t="n">
-        <v>42535</v>
+        <v>42710</v>
       </c>
       <c r="B955" t="n">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C955" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>625</t>
         </is>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="2" t="n">
-        <v>42524</v>
+        <v>42705</v>
       </c>
       <c r="B956" t="n">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C956" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="2" t="n">
-        <v>42522</v>
+        <v>42704</v>
       </c>
       <c r="B957" t="n">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="C957" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>979</t>
         </is>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="2" t="n">
-        <v>42510</v>
+        <v>42695</v>
       </c>
       <c r="B958" t="n">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="C958" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>730</t>
         </is>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="2" t="n">
-        <v>42508</v>
+        <v>42692</v>
       </c>
       <c r="B959" t="n">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>290</t>
         </is>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="2" t="n">
-        <v>42489</v>
+        <v>42691</v>
       </c>
       <c r="B960" t="n">
-        <v>146.2</v>
+        <v>158</v>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>10260</t>
         </is>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="2" t="n">
-        <v>42468</v>
+        <v>42676</v>
       </c>
       <c r="B961" t="n">
-        <v>146.2</v>
+        <v>157</v>
       </c>
       <c r="C961" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="2" t="n">
-        <v>42459</v>
+        <v>42653</v>
       </c>
       <c r="B962" t="n">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="C962" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="2" t="n">
-        <v>42444</v>
+        <v>42643</v>
       </c>
       <c r="B963" t="n">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="C963" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="2" t="n">
-        <v>42440</v>
+        <v>42642</v>
       </c>
       <c r="B964" t="n">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="C964" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="2" t="n">
-        <v>42437</v>
+        <v>42634</v>
       </c>
       <c r="B965" t="n">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="C965" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="2" t="n">
-        <v>42426</v>
+        <v>42633</v>
       </c>
       <c r="B966" t="n">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>835</t>
         </is>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="2" t="n">
-        <v>42424</v>
+        <v>42632</v>
       </c>
       <c r="B967" t="n">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C967" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="2" t="n">
-        <v>42411</v>
+        <v>42621</v>
       </c>
       <c r="B968" t="n">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C968" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="2" t="n">
-        <v>42401</v>
+        <v>42619</v>
       </c>
       <c r="B969" t="n">
-        <v>150</v>
+        <v>148.5</v>
       </c>
       <c r="C969" t="inlineStr">
         <is>
-          <t>1018</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="2" t="n">
-        <v>42396</v>
+        <v>42615</v>
       </c>
       <c r="B970" t="n">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="2" t="n">
-        <v>42382</v>
+        <v>42614</v>
       </c>
       <c r="B971" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="2" t="n">
-        <v>42381</v>
+        <v>42606</v>
       </c>
       <c r="B972" t="n">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="2" t="n">
-        <v>42346</v>
+        <v>42604</v>
       </c>
       <c r="B973" t="n">
-        <v>151.5</v>
+        <v>152</v>
       </c>
       <c r="C973" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="2" t="n">
-        <v>42333</v>
+        <v>42601</v>
       </c>
       <c r="B974" t="n">
-        <v>151.5</v>
+        <v>152</v>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>1540</t>
         </is>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="2" t="n">
-        <v>42331</v>
+        <v>42587</v>
       </c>
       <c r="B975" t="n">
-        <v>151.5</v>
+        <v>150</v>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="2" t="n">
-        <v>42326</v>
+        <v>42584</v>
       </c>
       <c r="B976" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C976" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="2" t="n">
-        <v>42318</v>
+        <v>42580</v>
       </c>
       <c r="B977" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C977" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>275</t>
         </is>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="2" t="n">
-        <v>42311</v>
+        <v>42579</v>
       </c>
       <c r="B978" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C978" t="inlineStr">
         <is>
-          <t>885</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="2" t="n">
-        <v>42306</v>
+        <v>42570</v>
       </c>
       <c r="B979" t="n">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>22</t>
         </is>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="2" t="n">
-        <v>42299</v>
+        <v>42538</v>
       </c>
       <c r="B980" t="n">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C980" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="2" t="n">
-        <v>42293</v>
+        <v>42535</v>
       </c>
       <c r="B981" t="n">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C981" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="2" t="n">
-        <v>42292</v>
+        <v>42524</v>
       </c>
       <c r="B982" t="n">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C982" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="2" t="n">
-        <v>42282</v>
+        <v>42522</v>
       </c>
       <c r="B983" t="n">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="C983" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="2" t="n">
-        <v>42261</v>
+        <v>42510</v>
       </c>
       <c r="B984" t="n">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="C984" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="2" t="n">
-        <v>42258</v>
+        <v>42508</v>
       </c>
       <c r="B985" t="n">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="C985" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="2" t="n">
-        <v>42257</v>
+        <v>42489</v>
       </c>
       <c r="B986" t="n">
-        <v>157</v>
+        <v>146.2</v>
       </c>
       <c r="C986" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="2" t="n">
-        <v>42255</v>
+        <v>42468</v>
       </c>
       <c r="B987" t="n">
-        <v>155</v>
+        <v>146.2</v>
       </c>
       <c r="C987" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="2" t="n">
-        <v>42247</v>
+        <v>42459</v>
       </c>
       <c r="B988" t="n">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C988" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="2" t="n">
-        <v>42240</v>
+        <v>42444</v>
       </c>
       <c r="B989" t="n">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C989" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="2" t="n">
-        <v>42235</v>
+        <v>42440</v>
       </c>
       <c r="B990" t="n">
-        <v>155.1</v>
+        <v>145</v>
       </c>
       <c r="C990" t="inlineStr">
         <is>
-          <t>195</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="2" t="n">
-        <v>42234</v>
+        <v>42437</v>
       </c>
       <c r="B991" t="n">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="2" t="n">
-        <v>42213</v>
+        <v>42426</v>
       </c>
       <c r="B992" t="n">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="2" t="n">
-        <v>42212</v>
+        <v>42424</v>
       </c>
       <c r="B993" t="n">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>123</t>
         </is>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="2" t="n">
-        <v>42209</v>
+        <v>42411</v>
       </c>
       <c r="B994" t="n">
-        <v>155.1</v>
+        <v>148</v>
       </c>
       <c r="C994" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="2" t="n">
-        <v>42207</v>
+        <v>42401</v>
       </c>
       <c r="B995" t="n">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="C995" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1018</t>
         </is>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="2" t="n">
-        <v>42205</v>
+        <v>42396</v>
       </c>
       <c r="B996" t="n">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C996" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>52</t>
         </is>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="2" t="n">
-        <v>42200</v>
+        <v>42382</v>
       </c>
       <c r="B997" t="n">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C997" t="inlineStr">
         <is>
-          <t>1440</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="2" t="n">
-        <v>42186</v>
+        <v>42381</v>
       </c>
       <c r="B998" t="n">
         <v>150</v>
       </c>
       <c r="C998" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>18</t>
         </is>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="2" t="n">
-        <v>42178</v>
+        <v>42346</v>
       </c>
       <c r="B999" t="n">
-        <v>150</v>
+        <v>151.5</v>
       </c>
       <c r="C999" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="2" t="n">
-        <v>42177</v>
+        <v>42333</v>
       </c>
       <c r="B1000" t="n">
-        <v>147</v>
+        <v>151.5</v>
       </c>
       <c r="C1000" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="2" t="n">
-        <v>42151</v>
+        <v>42331</v>
       </c>
       <c r="B1001" t="n">
-        <v>150</v>
+        <v>151.5</v>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="2" t="n">
-        <v>42145</v>
+        <v>42326</v>
       </c>
       <c r="B1002" t="n">
         <v>150</v>
       </c>
       <c r="C1002" t="inlineStr">
         <is>
-          <t>646</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="2" t="n">
-        <v>42143</v>
+        <v>42318</v>
       </c>
       <c r="B1003" t="n">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C1003" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="2" t="n">
-        <v>42142</v>
+        <v>42311</v>
       </c>
       <c r="B1004" t="n">
-        <v>148.5</v>
+        <v>152</v>
       </c>
       <c r="C1004" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>885</t>
         </is>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="2" t="n">
-        <v>42129</v>
+        <v>42306</v>
       </c>
       <c r="B1005" t="n">
-        <v>151.5</v>
+        <v>152</v>
       </c>
       <c r="C1005" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="2" t="n">
-        <v>42128</v>
+        <v>42299</v>
       </c>
       <c r="B1006" t="n">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C1006" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="2" t="n">
-        <v>42111</v>
+        <v>42293</v>
       </c>
       <c r="B1007" t="n">
-        <v>151.5</v>
+        <v>155</v>
       </c>
       <c r="C1007" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="2" t="n">
-        <v>42104</v>
+        <v>42292</v>
       </c>
       <c r="B1008" t="n">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>101</t>
         </is>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="2" t="n">
-        <v>42103</v>
+        <v>42282</v>
       </c>
       <c r="B1009" t="n">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="2" t="n">
-        <v>42095</v>
+        <v>42261</v>
       </c>
       <c r="B1010" t="n">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="2" t="n">
-        <v>42089</v>
+        <v>42258</v>
       </c>
       <c r="B1011" t="n">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C1011" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="2" t="n">
-        <v>42086</v>
+        <v>42257</v>
       </c>
       <c r="B1012" t="n">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C1012" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="2" t="n">
-        <v>42082</v>
+        <v>42255</v>
       </c>
       <c r="B1013" t="n">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C1013" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="2" t="n">
-        <v>42079</v>
+        <v>42247</v>
       </c>
       <c r="B1014" t="n">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="2" t="n">
-        <v>42075</v>
+        <v>42240</v>
       </c>
       <c r="B1015" t="n">
-        <v>149.5</v>
+        <v>152</v>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="2" t="n">
-        <v>42074</v>
+        <v>42235</v>
       </c>
       <c r="B1016" t="n">
-        <v>148</v>
+        <v>155.1</v>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>195</t>
         </is>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="2" t="n">
-        <v>42072</v>
+        <v>42234</v>
       </c>
       <c r="B1017" t="n">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="2" t="n">
-        <v>42069</v>
+        <v>42213</v>
       </c>
       <c r="B1018" t="n">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="C1018" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="2" t="n">
-        <v>42068</v>
+        <v>42212</v>
       </c>
       <c r="B1019" t="n">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="C1019" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="2" t="n">
-        <v>42061</v>
+        <v>42209</v>
       </c>
       <c r="B1020" t="n">
-        <v>139</v>
+        <v>155.1</v>
       </c>
       <c r="C1020" t="inlineStr">
         <is>
-          <t>890</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="2" t="n">
-        <v>42060</v>
+        <v>42207</v>
       </c>
       <c r="B1021" t="n">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="2" t="n">
-        <v>42059</v>
+        <v>42205</v>
       </c>
       <c r="B1022" t="n">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="2" t="n">
-        <v>42047</v>
+        <v>42200</v>
       </c>
       <c r="B1023" t="n">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>1440</t>
         </is>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="2" t="n">
-        <v>42046</v>
+        <v>42186</v>
       </c>
       <c r="B1024" t="n">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>380</t>
         </is>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="2" t="n">
-        <v>42033</v>
+        <v>42178</v>
       </c>
       <c r="B1025" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="2" t="n">
-        <v>42032</v>
+        <v>42177</v>
       </c>
       <c r="B1026" t="n">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="2" t="n">
-        <v>42027</v>
+        <v>42151</v>
       </c>
       <c r="B1027" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>129</t>
         </is>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="2" t="n">
-        <v>42025</v>
+        <v>42145</v>
       </c>
       <c r="B1028" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>646</t>
         </is>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="2" t="n">
-        <v>42024</v>
+        <v>42143</v>
       </c>
       <c r="B1029" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>295</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="2" t="n">
-        <v>42023</v>
+        <v>42142</v>
       </c>
       <c r="B1030" t="n">
-        <v>142</v>
+        <v>148.5</v>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>165</t>
         </is>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="2" t="n">
-        <v>42020</v>
+        <v>42129</v>
       </c>
       <c r="B1031" t="n">
-        <v>143</v>
+        <v>151.5</v>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="2" t="n">
-        <v>42019</v>
+        <v>42128</v>
       </c>
       <c r="B1032" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="2" t="n">
-        <v>42018</v>
+        <v>42111</v>
       </c>
       <c r="B1033" t="n">
-        <v>139</v>
+        <v>151.5</v>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>616</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="2" t="n">
-        <v>42017</v>
+        <v>42104</v>
       </c>
       <c r="B1034" t="n">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="2" t="n">
-        <v>42012</v>
+        <v>42103</v>
       </c>
       <c r="B1035" t="n">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="2" t="n">
-        <v>42003</v>
+        <v>42095</v>
       </c>
       <c r="B1036" t="n">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>660</t>
         </is>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="2" t="n">
-        <v>41992</v>
+        <v>42089</v>
       </c>
       <c r="B1037" t="n">
-        <v>144.5</v>
+        <v>150</v>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="2" t="n">
-        <v>41991</v>
+        <v>42086</v>
       </c>
       <c r="B1038" t="n">
-        <v>144.3</v>
+        <v>150</v>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="2" t="n">
-        <v>41989</v>
+        <v>42082</v>
       </c>
       <c r="B1039" t="n">
-        <v>144.5</v>
+        <v>150</v>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="2" t="n">
-        <v>41985</v>
+        <v>42079</v>
       </c>
       <c r="B1040" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="2" t="n">
-        <v>41982</v>
+        <v>42075</v>
       </c>
       <c r="B1041" t="n">
-        <v>140</v>
+        <v>149.5</v>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="2" t="n">
-        <v>41981</v>
+        <v>42074</v>
       </c>
       <c r="B1042" t="n">
-        <v>144.5</v>
+        <v>148</v>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="2" t="n">
-        <v>41975</v>
+        <v>42072</v>
       </c>
       <c r="B1043" t="n">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="2" t="n">
-        <v>41962</v>
+        <v>42069</v>
       </c>
       <c r="B1044" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="2" t="n">
-        <v>41947</v>
+        <v>42068</v>
       </c>
       <c r="B1045" t="n">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="2" t="n">
-        <v>41936</v>
+        <v>42061</v>
       </c>
       <c r="B1046" t="n">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>460</t>
+          <t>890</t>
         </is>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="2" t="n">
-        <v>41925</v>
+        <v>42060</v>
       </c>
       <c r="B1047" t="n">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="2" t="n">
-        <v>41922</v>
+        <v>42059</v>
       </c>
       <c r="B1048" t="n">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>620</t>
         </is>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="2" t="n">
-        <v>41920</v>
+        <v>42047</v>
       </c>
       <c r="B1049" t="n">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="2" t="n">
-        <v>41913</v>
+        <v>42046</v>
       </c>
       <c r="B1050" t="n">
-        <v>149.5</v>
+        <v>138</v>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>44</t>
         </is>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="2" t="n">
-        <v>41900</v>
+        <v>42033</v>
       </c>
       <c r="B1051" t="n">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="2" t="n">
-        <v>41899</v>
+        <v>42032</v>
       </c>
       <c r="B1052" t="n">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>740</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="2" t="n">
-        <v>41894</v>
+        <v>42027</v>
       </c>
       <c r="B1053" t="n">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="2" t="n">
-        <v>41880</v>
+        <v>42025</v>
       </c>
       <c r="B1054" t="n">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="2" t="n">
-        <v>41879</v>
+        <v>42024</v>
       </c>
       <c r="B1055" t="n">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>295</t>
         </is>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="2" t="n">
-        <v>41859</v>
+        <v>42023</v>
       </c>
       <c r="B1056" t="n">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="2" t="n">
-        <v>41855</v>
+        <v>42020</v>
       </c>
       <c r="B1057" t="n">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="2" t="n">
-        <v>41851</v>
+        <v>42019</v>
       </c>
       <c r="B1058" t="n">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="2" t="n">
-        <v>41848</v>
+        <v>42018</v>
       </c>
       <c r="B1059" t="n">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>616</t>
         </is>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="2" t="n">
-        <v>41845</v>
+        <v>42017</v>
       </c>
       <c r="B1060" t="n">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="2" t="n">
-        <v>41844</v>
+        <v>42012</v>
       </c>
       <c r="B1061" t="n">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>3580</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="2" t="n">
-        <v>41841</v>
+        <v>42003</v>
       </c>
       <c r="B1062" t="n">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="2" t="n">
-        <v>41838</v>
+        <v>41992</v>
       </c>
       <c r="B1063" t="n">
-        <v>144</v>
+        <v>144.5</v>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="2" t="n">
-        <v>41836</v>
+        <v>41991</v>
       </c>
       <c r="B1064" t="n">
-        <v>141</v>
+        <v>144.3</v>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="2" t="n">
-        <v>41829</v>
+        <v>41989</v>
       </c>
       <c r="B1065" t="n">
-        <v>143.5</v>
+        <v>144.5</v>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="2" t="n">
-        <v>41824</v>
+        <v>41985</v>
       </c>
       <c r="B1066" t="n">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="2" t="n">
-        <v>41817</v>
+        <v>41982</v>
       </c>
       <c r="B1067" t="n">
-        <v>143.5</v>
+        <v>140</v>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>249</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="2" t="n">
-        <v>41814</v>
+        <v>41981</v>
       </c>
       <c r="B1068" t="n">
-        <v>143.5</v>
+        <v>144.5</v>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="2" t="n">
-        <v>41810</v>
+        <v>41975</v>
       </c>
       <c r="B1069" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="2" t="n">
-        <v>41806</v>
+        <v>41962</v>
       </c>
       <c r="B1070" t="n">
-        <v>142.9</v>
+        <v>145</v>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>132</t>
         </is>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="2" t="n">
-        <v>41802</v>
+        <v>41947</v>
       </c>
       <c r="B1071" t="n">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="2" t="n">
-        <v>41800</v>
+        <v>41936</v>
       </c>
       <c r="B1072" t="n">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>735</t>
+          <t>460</t>
         </is>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="2" t="n">
-        <v>41796</v>
+        <v>41925</v>
       </c>
       <c r="B1073" t="n">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="2" t="n">
-        <v>41792</v>
+        <v>41922</v>
       </c>
       <c r="B1074" t="n">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="2" t="n">
-        <v>41789</v>
+        <v>41920</v>
       </c>
       <c r="B1075" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>335</t>
         </is>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="2" t="n">
-        <v>41781</v>
+        <v>41913</v>
       </c>
       <c r="B1076" t="n">
-        <v>142</v>
+        <v>149.5</v>
       </c>
       <c r="C1076" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="2" t="n">
-        <v>41780</v>
+        <v>41900</v>
       </c>
       <c r="B1077" t="n">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="C1077" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="2" t="n">
-        <v>41779</v>
+        <v>41899</v>
       </c>
       <c r="B1078" t="n">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C1078" t="inlineStr">
         <is>
-          <t>1020</t>
+          <t>740</t>
         </is>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="2" t="n">
-        <v>41778</v>
+        <v>41894</v>
       </c>
       <c r="B1079" t="n">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="C1079" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="2" t="n">
-        <v>41775</v>
+        <v>41880</v>
       </c>
       <c r="B1080" t="n">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="C1080" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="2" t="n">
-        <v>41774</v>
+        <v>41879</v>
       </c>
       <c r="B1081" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C1081" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="2" t="n">
-        <v>41772</v>
+        <v>41859</v>
       </c>
       <c r="B1082" t="n">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="C1082" t="inlineStr">
         <is>
-          <t>461</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="2" t="n">
-        <v>41771</v>
+        <v>41855</v>
       </c>
       <c r="B1083" t="n">
-        <v>139</v>
+        <v>160</v>
       </c>
       <c r="C1083" t="inlineStr">
         <is>
-          <t>1571</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="2" t="n">
-        <v>41767</v>
+        <v>41851</v>
       </c>
       <c r="B1084" t="n">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="C1084" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="2" t="n">
-        <v>41764</v>
+        <v>41848</v>
       </c>
       <c r="B1085" t="n">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="C1085" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>620</t>
         </is>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="2" t="n">
-        <v>41759</v>
+        <v>41845</v>
       </c>
       <c r="B1086" t="n">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="C1086" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>910</t>
         </is>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="2" t="n">
-        <v>41758</v>
+        <v>41844</v>
       </c>
       <c r="B1087" t="n">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="C1087" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>3580</t>
         </is>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="2" t="n">
-        <v>41757</v>
+        <v>41841</v>
       </c>
       <c r="B1088" t="n">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C1088" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="2" t="n">
-        <v>41752</v>
+        <v>41838</v>
       </c>
       <c r="B1089" t="n">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="C1089" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="2" t="n">
-        <v>41751</v>
+        <v>41836</v>
       </c>
       <c r="B1090" t="n">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C1090" t="inlineStr">
         <is>
-          <t>3840</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="2" t="n">
-        <v>41744</v>
+        <v>41829</v>
       </c>
       <c r="B1091" t="n">
-        <v>140</v>
+        <v>143.5</v>
       </c>
       <c r="C1091" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="2" t="n">
-        <v>41743</v>
+        <v>41824</v>
       </c>
       <c r="B1092" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C1092" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="2" t="n">
-        <v>41732</v>
+        <v>41817</v>
       </c>
       <c r="B1093" t="n">
-        <v>140</v>
+        <v>143.5</v>
       </c>
       <c r="C1093" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>249</t>
         </is>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="2" t="n">
-        <v>41731</v>
+        <v>41814</v>
       </c>
       <c r="B1094" t="n">
-        <v>140</v>
+        <v>143.5</v>
       </c>
       <c r="C1094" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="2" t="n">
-        <v>41724</v>
+        <v>41810</v>
       </c>
       <c r="B1095" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C1095" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="2" t="n">
-        <v>41716</v>
+        <v>41806</v>
       </c>
       <c r="B1096" t="n">
-        <v>140</v>
+        <v>142.9</v>
       </c>
       <c r="C1096" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>2020</t>
         </is>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="2" t="n">
-        <v>41715</v>
+        <v>41802</v>
       </c>
       <c r="B1097" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C1097" t="inlineStr">
         <is>
-          <t>3005</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="2" t="n">
-        <v>41711</v>
+        <v>41800</v>
       </c>
       <c r="B1098" t="n">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C1098" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>735</t>
         </is>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="2" t="n">
-        <v>41710</v>
+        <v>41796</v>
       </c>
       <c r="B1099" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C1099" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="2" t="n">
-        <v>41697</v>
+        <v>41792</v>
       </c>
       <c r="B1100" t="n">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="C1100" t="inlineStr">
         <is>
-          <t>1570</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="2" t="n">
-        <v>41696</v>
+        <v>41789</v>
       </c>
       <c r="B1101" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C1101" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="2" t="n">
-        <v>41690</v>
+        <v>41781</v>
       </c>
       <c r="B1102" t="n">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C1102" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="2" t="n">
-        <v>41688</v>
+        <v>41780</v>
       </c>
       <c r="B1103" t="n">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="C1103" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="2" t="n">
-        <v>41674</v>
+        <v>41779</v>
       </c>
       <c r="B1104" t="n">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C1104" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1020</t>
         </is>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="2" t="n">
-        <v>41662</v>
+        <v>41778</v>
       </c>
       <c r="B1105" t="n">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="C1105" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="2" t="n">
-        <v>41661</v>
+        <v>41775</v>
       </c>
       <c r="B1106" t="n">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C1106" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="2" t="n">
-        <v>41638</v>
+        <v>41774</v>
       </c>
       <c r="B1107" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C1107" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="2" t="n">
-        <v>41627</v>
+        <v>41772</v>
       </c>
       <c r="B1108" t="n">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C1108" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>461</t>
         </is>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="2" t="n">
-        <v>41624</v>
+        <v>41771</v>
       </c>
       <c r="B1109" t="n">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C1109" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>1571</t>
         </is>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="2" t="n">
-        <v>41621</v>
+        <v>41767</v>
       </c>
       <c r="B1110" t="n">
         <v>140</v>
       </c>
       <c r="C1110" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="2" t="n">
-        <v>41620</v>
+        <v>41764</v>
       </c>
       <c r="B1111" t="n">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="C1111" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="2" t="n">
-        <v>41619</v>
+        <v>41759</v>
       </c>
       <c r="B1112" t="n">
         <v>140</v>
       </c>
       <c r="C1112" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="2" t="n">
-        <v>41618</v>
+        <v>41758</v>
       </c>
       <c r="B1113" t="n">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="C1113" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="2" t="n">
-        <v>41617</v>
+        <v>41757</v>
       </c>
       <c r="B1114" t="n">
         <v>140</v>
       </c>
       <c r="C1114" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="2" t="n">
-        <v>41603</v>
+        <v>41752</v>
       </c>
       <c r="B1115" t="n">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="C1115" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="2" t="n">
-        <v>41596</v>
+        <v>41751</v>
       </c>
       <c r="B1116" t="n">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C1116" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>3840</t>
         </is>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="2" t="n">
-        <v>41593</v>
+        <v>41744</v>
       </c>
       <c r="B1117" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C1117" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="2" t="n">
-        <v>41578</v>
+        <v>41743</v>
       </c>
       <c r="B1118" t="n">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C1118" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="2" t="n">
-        <v>41576</v>
+        <v>41732</v>
       </c>
       <c r="B1119" t="n">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="C1119" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="2" t="n">
-        <v>41571</v>
+        <v>41731</v>
       </c>
       <c r="B1120" t="n">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="C1120" t="inlineStr">
         <is>
-          <t>1399</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="2" t="n">
-        <v>41565</v>
+        <v>41724</v>
       </c>
       <c r="B1121" t="n">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="C1121" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="2" t="n">
-        <v>41564</v>
+        <v>41716</v>
       </c>
       <c r="B1122" t="n">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="C1122" t="inlineStr">
         <is>
-          <t>1280</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="2" t="n">
-        <v>41547</v>
+        <v>41715</v>
       </c>
       <c r="B1123" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C1123" t="inlineStr">
         <is>
-          <t>1055</t>
+          <t>3005</t>
         </is>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="2" t="n">
-        <v>41530</v>
+        <v>41711</v>
       </c>
       <c r="B1124" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C1124" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>215</t>
         </is>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="2" t="n">
-        <v>41527</v>
+        <v>41710</v>
       </c>
       <c r="B1125" t="n">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C1125" t="inlineStr">
         <is>
-          <t>1400</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="2" t="n">
-        <v>41526</v>
+        <v>41697</v>
       </c>
       <c r="B1126" t="n">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C1126" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>1570</t>
         </is>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="2" t="n">
-        <v>41523</v>
+        <v>41696</v>
       </c>
       <c r="B1127" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C1127" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>306</t>
         </is>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="2" t="n">
-        <v>41516</v>
+        <v>41690</v>
       </c>
       <c r="B1128" t="n">
         <v>145</v>
       </c>
       <c r="C1128" t="inlineStr">
         <is>
-          <t>2925</t>
+          <t>79</t>
         </is>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="2" t="n">
-        <v>41515</v>
+        <v>41688</v>
       </c>
       <c r="B1129" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C1129" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="2" t="n">
-        <v>41514</v>
+        <v>41674</v>
       </c>
       <c r="B1130" t="n">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C1130" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="2" t="n">
-        <v>41513</v>
+        <v>41662</v>
       </c>
       <c r="B1131" t="n">
         <v>146</v>
       </c>
       <c r="C1131" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="2" t="n">
-        <v>41506</v>
+        <v>41661</v>
       </c>
       <c r="B1132" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C1132" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="2" t="n">
-        <v>41505</v>
+        <v>41638</v>
       </c>
       <c r="B1133" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C1133" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="2" t="n">
-        <v>41502</v>
+        <v>41627</v>
       </c>
       <c r="B1134" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C1134" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="2" t="n">
-        <v>41501</v>
+        <v>41624</v>
       </c>
       <c r="B1135" t="n">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C1135" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="2" t="n">
-        <v>41498</v>
+        <v>41621</v>
       </c>
       <c r="B1136" t="n">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="C1136" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="2" t="n">
-        <v>41495</v>
+        <v>41620</v>
       </c>
       <c r="B1137" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C1137" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="2" t="n">
-        <v>41492</v>
+        <v>41619</v>
       </c>
       <c r="B1138" t="n">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="C1138" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="2" t="n">
-        <v>41491</v>
+        <v>41618</v>
       </c>
       <c r="B1139" t="n">
-        <v>154.9</v>
+        <v>144</v>
       </c>
       <c r="C1139" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="2" t="n">
-        <v>41485</v>
+        <v>41617</v>
       </c>
       <c r="B1140" t="n">
-        <v>157.5</v>
+        <v>140</v>
       </c>
       <c r="C1140" t="inlineStr">
         <is>
-          <t>4723</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="2" t="n">
-        <v>41484</v>
+        <v>41603</v>
       </c>
       <c r="B1141" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C1141" t="inlineStr">
         <is>
-          <t>3598</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="2" t="n">
-        <v>41481</v>
+        <v>41596</v>
       </c>
       <c r="B1142" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C1142" t="inlineStr">
         <is>
-          <t>2060</t>
+          <t>212</t>
         </is>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="2" t="n">
-        <v>41480</v>
+        <v>41593</v>
       </c>
       <c r="B1143" t="n">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C1143" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="2" t="n">
-        <v>41479</v>
+        <v>41578</v>
       </c>
       <c r="B1144" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C1144" t="inlineStr">
         <is>
-          <t>5950</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="2" t="n">
-        <v>41478</v>
+        <v>41576</v>
       </c>
       <c r="B1145" t="n">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C1145" t="inlineStr">
         <is>
-          <t>665</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="2" t="n">
-        <v>41477</v>
+        <v>41571</v>
       </c>
       <c r="B1146" t="n">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C1146" t="inlineStr">
         <is>
-          <t>4765</t>
+          <t>1399</t>
         </is>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="2" t="n">
-        <v>41474</v>
+        <v>41565</v>
       </c>
       <c r="B1147" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C1147" t="inlineStr">
         <is>
-          <t>2850</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="2" t="n">
-        <v>41473</v>
+        <v>41564</v>
       </c>
       <c r="B1148" t="n">
-        <v>139</v>
+        <v>155</v>
       </c>
       <c r="C1148" t="inlineStr">
         <is>
-          <t>948</t>
+          <t>1280</t>
         </is>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="2" t="n">
-        <v>41472</v>
+        <v>41547</v>
       </c>
       <c r="B1149" t="n">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="C1149" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>1055</t>
         </is>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="2" t="n">
-        <v>41471</v>
+        <v>41530</v>
       </c>
       <c r="B1150" t="n">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="C1150" t="inlineStr">
         <is>
-          <t>3390</t>
+          <t>66</t>
         </is>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="2" t="n">
-        <v>41470</v>
+        <v>41527</v>
       </c>
       <c r="B1151" t="n">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="C1151" t="inlineStr">
         <is>
-          <t>11400</t>
+          <t>1400</t>
         </is>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="2" t="n">
-        <v>41466</v>
+        <v>41526</v>
       </c>
       <c r="B1152" t="n">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="C1152" t="inlineStr">
         <is>
-          <t>1935</t>
+          <t>174</t>
         </is>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="2" t="n">
-        <v>41465</v>
+        <v>41523</v>
       </c>
       <c r="B1153" t="n">
-        <v>128.5</v>
+        <v>146</v>
       </c>
       <c r="C1153" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="2" t="n">
-        <v>41458</v>
+        <v>41516</v>
       </c>
       <c r="B1154" t="n">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="C1154" t="inlineStr">
         <is>
-          <t>1850</t>
+          <t>2925</t>
         </is>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="2" t="n">
-        <v>41457</v>
+        <v>41515</v>
       </c>
       <c r="B1155" t="n">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="C1155" t="inlineStr">
         <is>
-          <t>7362</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="2" t="n">
-        <v>41456</v>
+        <v>41514</v>
       </c>
       <c r="B1156" t="n">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="C1156" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="2" t="n">
-        <v>41453</v>
+        <v>41513</v>
       </c>
       <c r="B1157" t="n">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="C1157" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="2" t="n">
-        <v>41452</v>
+        <v>41506</v>
       </c>
       <c r="B1158" t="n">
-        <v>126.5</v>
+        <v>148</v>
       </c>
       <c r="C1158" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="2" t="n">
-        <v>41450</v>
+        <v>41505</v>
       </c>
       <c r="B1159" t="n">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="C1159" t="inlineStr">
         <is>
-          <t>1320</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="2" t="n">
-        <v>41449</v>
+        <v>41502</v>
       </c>
       <c r="B1160" t="n">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C1160" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="2" t="n">
-        <v>41446</v>
+        <v>41501</v>
       </c>
       <c r="B1161" t="n">
-        <v>127</v>
+        <v>149</v>
       </c>
       <c r="C1161" t="inlineStr">
         <is>
-          <t>3620</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="2" t="n">
-        <v>41445</v>
+        <v>41498</v>
       </c>
       <c r="B1162" t="n">
-        <v>127</v>
+        <v>155</v>
       </c>
       <c r="C1162" t="inlineStr">
         <is>
-          <t>1260</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="2" t="n">
-        <v>41444</v>
+        <v>41495</v>
       </c>
       <c r="B1163" t="n">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="C1163" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="2" t="n">
-        <v>41443</v>
+        <v>41492</v>
       </c>
       <c r="B1164" t="n">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="C1164" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>670</t>
         </is>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="2" t="n">
-        <v>41442</v>
+        <v>41491</v>
       </c>
       <c r="B1165" t="n">
-        <v>126</v>
+        <v>154.9</v>
       </c>
       <c r="C1165" t="inlineStr">
         <is>
-          <t>1250</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="2" t="n">
-        <v>41439</v>
+        <v>41485</v>
       </c>
       <c r="B1166" t="n">
-        <v>125</v>
+        <v>157.5</v>
       </c>
       <c r="C1166" t="inlineStr">
         <is>
-          <t>4502</t>
+          <t>4723</t>
         </is>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="2" t="n">
-        <v>41438</v>
+        <v>41484</v>
       </c>
       <c r="B1167" t="n">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="C1167" t="inlineStr">
         <is>
-          <t>880</t>
+          <t>3598</t>
         </is>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="2" t="n">
-        <v>41437</v>
+        <v>41481</v>
       </c>
       <c r="B1168" t="n">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="C1168" t="inlineStr">
         <is>
-          <t>3695</t>
+          <t>2060</t>
         </is>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="2" t="n">
-        <v>41436</v>
+        <v>41480</v>
       </c>
       <c r="B1169" t="n">
-        <v>124</v>
+        <v>146</v>
       </c>
       <c r="C1169" t="inlineStr">
         <is>
-          <t>3695</t>
+          <t>685</t>
         </is>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="2" t="n">
-        <v>41435</v>
+        <v>41479</v>
       </c>
       <c r="B1170" t="n">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="C1170" t="inlineStr">
         <is>
-          <t>2870</t>
+          <t>5950</t>
         </is>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="2" t="n">
-        <v>41432</v>
+        <v>41478</v>
       </c>
       <c r="B1171" t="n">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C1171" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>665</t>
         </is>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="2" t="n">
-        <v>41431</v>
+        <v>41477</v>
       </c>
       <c r="B1172" t="n">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="C1172" t="inlineStr">
         <is>
-          <t>2052</t>
+          <t>4765</t>
         </is>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="2" t="n">
-        <v>41430</v>
+        <v>41474</v>
       </c>
       <c r="B1173" t="n">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="C1173" t="inlineStr">
         <is>
-          <t>3880</t>
+          <t>2850</t>
         </is>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="2" t="n">
-        <v>41429</v>
+        <v>41473</v>
       </c>
       <c r="B1174" t="n">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="C1174" t="inlineStr">
         <is>
-          <t>810</t>
+          <t>948</t>
         </is>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="2" t="n">
-        <v>41428</v>
+        <v>41472</v>
       </c>
       <c r="B1175" t="n">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="C1175" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>1060</t>
         </is>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="2" t="n">
-        <v>41422</v>
+        <v>41471</v>
       </c>
       <c r="B1176" t="n">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="C1176" t="inlineStr">
         <is>
-          <t>975</t>
+          <t>3390</t>
         </is>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="2" t="n">
-        <v>41416</v>
+        <v>41470</v>
       </c>
       <c r="B1177" t="n">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="C1177" t="inlineStr">
         <is>
-          <t>1110</t>
+          <t>11400</t>
         </is>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="2" t="n">
-        <v>41415</v>
+        <v>41466</v>
       </c>
       <c r="B1178" t="n">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="C1178" t="inlineStr">
         <is>
-          <t>2146</t>
+          <t>1935</t>
         </is>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="2" t="n">
-        <v>41411</v>
+        <v>41465</v>
       </c>
       <c r="B1179" t="n">
-        <v>110</v>
+        <v>128.5</v>
       </c>
       <c r="C1179" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="2" t="n">
-        <v>41410</v>
+        <v>41458</v>
       </c>
       <c r="B1180" t="n">
-        <v>109.5</v>
+        <v>131</v>
       </c>
       <c r="C1180" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>1850</t>
         </is>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="2" t="n">
-        <v>41408</v>
+        <v>41457</v>
       </c>
       <c r="B1181" t="n">
-        <v>107.5</v>
+        <v>129</v>
       </c>
       <c r="C1181" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>7362</t>
         </is>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="2" t="n">
-        <v>41407</v>
+        <v>41456</v>
       </c>
       <c r="B1182" t="n">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="C1182" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="2" t="n">
-        <v>41374</v>
+        <v>41453</v>
       </c>
       <c r="B1183" t="n">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="C1183" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="2" t="n">
-        <v>41373</v>
+        <v>41452</v>
       </c>
       <c r="B1184" t="n">
-        <v>106.5</v>
+        <v>126.5</v>
       </c>
       <c r="C1184" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="2" t="n">
-        <v>41339</v>
+        <v>41450</v>
       </c>
       <c r="B1185" t="n">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="C1185" t="inlineStr">
         <is>
-          <t>15010</t>
+          <t>1320</t>
         </is>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="2" t="n">
-        <v>41334</v>
+        <v>41449</v>
       </c>
       <c r="B1186" t="n">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="C1186" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="2" t="n">
-        <v>41333</v>
+        <v>41446</v>
       </c>
       <c r="B1187" t="n">
-        <v>105.5</v>
+        <v>127</v>
       </c>
       <c r="C1187" t="inlineStr">
         <is>
-          <t>558</t>
+          <t>3620</t>
         </is>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="2" t="n">
-        <v>41332</v>
+        <v>41445</v>
       </c>
       <c r="B1188" t="n">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="C1188" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>1260</t>
         </is>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="2" t="n">
-        <v>41326</v>
+        <v>41444</v>
       </c>
       <c r="B1189" t="n">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C1189" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="2" t="n">
-        <v>41319</v>
+        <v>41443</v>
       </c>
       <c r="B1190" t="n">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="C1190" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="2" t="n">
-        <v>41318</v>
+        <v>41442</v>
       </c>
       <c r="B1191" t="n">
-        <v>105.5</v>
+        <v>126</v>
       </c>
       <c r="C1191" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>1250</t>
         </is>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="2" t="n">
-        <v>41309</v>
+        <v>41439</v>
       </c>
       <c r="B1192" t="n">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="C1192" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4502</t>
         </is>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="2" t="n">
-        <v>41306</v>
+        <v>41438</v>
       </c>
       <c r="B1193" t="n">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C1193" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>880</t>
         </is>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="2" t="n">
-        <v>41295</v>
+        <v>41437</v>
       </c>
       <c r="B1194" t="n">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C1194" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>3695</t>
         </is>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="2" t="n">
-        <v>41289</v>
+        <v>41436</v>
       </c>
       <c r="B1195" t="n">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C1195" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>3695</t>
         </is>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="2" t="n">
-        <v>41281</v>
+        <v>41435</v>
       </c>
       <c r="B1196" t="n">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C1196" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>2870</t>
         </is>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="2" t="n">
-        <v>41278</v>
+        <v>41432</v>
       </c>
       <c r="B1197" t="n">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C1197" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="2" t="n">
-        <v>41264</v>
+        <v>41431</v>
       </c>
       <c r="B1198" t="n">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="C1198" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>2052</t>
         </is>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="2" t="n">
-        <v>41263</v>
+        <v>41430</v>
       </c>
       <c r="B1199" t="n">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="C1199" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>3880</t>
         </is>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="2" t="n">
-        <v>41260</v>
+        <v>41429</v>
       </c>
       <c r="B1200" t="n">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C1200" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>810</t>
         </is>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="2" t="n">
-        <v>41250</v>
+        <v>41428</v>
       </c>
       <c r="B1201" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1201" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="2" t="n">
-        <v>41249</v>
+        <v>41422</v>
       </c>
       <c r="B1202" t="n">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C1202" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>975</t>
         </is>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="2" t="n">
-        <v>41246</v>
+        <v>41416</v>
       </c>
       <c r="B1203" t="n">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C1203" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>1110</t>
         </is>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="2" t="n">
-        <v>41240</v>
+        <v>41415</v>
       </c>
       <c r="B1204" t="n">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C1204" t="inlineStr">
         <is>
-          <t>4755</t>
+          <t>2146</t>
         </is>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="2" t="n">
-        <v>41236</v>
+        <v>41411</v>
       </c>
       <c r="B1205" t="n">
         <v>110</v>
       </c>
       <c r="C1205" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="2" t="n">
-        <v>41225</v>
+        <v>41410</v>
       </c>
       <c r="B1206" t="n">
-        <v>111</v>
+        <v>109.5</v>
       </c>
       <c r="C1206" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>1060</t>
         </is>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="2" t="n">
-        <v>41220</v>
+        <v>41408</v>
       </c>
       <c r="B1207" t="n">
-        <v>111</v>
+        <v>107.5</v>
       </c>
       <c r="C1207" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="2" t="n">
-        <v>41219</v>
+        <v>41407</v>
       </c>
       <c r="B1208" t="n">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C1208" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="2" t="n">
-        <v>41208</v>
+        <v>41374</v>
       </c>
       <c r="B1209" t="n">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C1209" t="inlineStr">
         <is>
-          <t>1182</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="2" t="n">
-        <v>41207</v>
+        <v>41373</v>
       </c>
       <c r="B1210" t="n">
-        <v>112</v>
+        <v>106.5</v>
       </c>
       <c r="C1210" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="2" t="n">
-        <v>41206</v>
+        <v>41339</v>
       </c>
       <c r="B1211" t="n">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C1211" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>15010</t>
         </is>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="2" t="n">
-        <v>41191</v>
+        <v>41334</v>
       </c>
       <c r="B1212" t="n">
-        <v>112.5</v>
+        <v>107</v>
       </c>
       <c r="C1212" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="2" t="n">
-        <v>41190</v>
+        <v>41333</v>
       </c>
       <c r="B1213" t="n">
-        <v>112</v>
+        <v>105.5</v>
       </c>
       <c r="C1213" t="inlineStr">
         <is>
-          <t>1110</t>
+          <t>558</t>
         </is>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="2" t="n">
-        <v>41189</v>
+        <v>41332</v>
       </c>
       <c r="B1214" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C1214" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="2" t="n">
-        <v>41179</v>
+        <v>41326</v>
       </c>
       <c r="B1215" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C1215" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>51</t>
         </is>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="2" t="n">
-        <v>41178</v>
+        <v>41319</v>
       </c>
       <c r="B1216" t="n">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C1216" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="2" t="n">
-        <v>41172</v>
+        <v>41318</v>
       </c>
       <c r="B1217" t="n">
-        <v>110</v>
+        <v>105.5</v>
       </c>
       <c r="C1217" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="2" t="n">
-        <v>41171</v>
+        <v>41309</v>
       </c>
       <c r="B1218" t="n">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C1218" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="2" t="n">
-        <v>41170</v>
+        <v>41306</v>
       </c>
       <c r="B1219" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1219" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="2" t="n">
-        <v>41166</v>
+        <v>41295</v>
       </c>
       <c r="B1220" t="n">
         <v>109</v>
       </c>
       <c r="C1220" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="2" t="n">
-        <v>41165</v>
+        <v>41289</v>
       </c>
       <c r="B1221" t="n">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C1221" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="2" t="n">
-        <v>41164</v>
+        <v>41281</v>
       </c>
       <c r="B1222" t="n">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C1222" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="2" t="n">
-        <v>41162</v>
+        <v>41278</v>
       </c>
       <c r="B1223" t="n">
         <v>110</v>
       </c>
       <c r="C1223" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="2" t="n">
-        <v>41161</v>
+        <v>41264</v>
       </c>
       <c r="B1224" t="n">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C1224" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="2" t="n">
-        <v>41142</v>
+        <v>41263</v>
       </c>
       <c r="B1225" t="n">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C1225" t="inlineStr">
         <is>
-          <t>520</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="2" t="n">
-        <v>41134</v>
+        <v>41260</v>
       </c>
       <c r="B1226" t="n">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C1226" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="2" t="n">
-        <v>41130</v>
+        <v>41250</v>
       </c>
       <c r="B1227" t="n">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C1227" t="inlineStr">
         <is>
-          <t>271</t>
+          <t>440</t>
         </is>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="2" t="n">
-        <v>41128</v>
+        <v>41249</v>
       </c>
       <c r="B1228" t="n">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C1228" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="2" t="n">
-        <v>41106</v>
+        <v>41246</v>
       </c>
       <c r="B1229" t="n">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C1229" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="2" t="n">
-        <v>41103</v>
+        <v>41240</v>
       </c>
       <c r="B1230" t="n">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C1230" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>4755</t>
         </is>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="2" t="n">
-        <v>41099</v>
+        <v>41236</v>
       </c>
       <c r="B1231" t="n">
-        <v>106.8</v>
+        <v>110</v>
       </c>
       <c r="C1231" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="2" t="n">
-        <v>41094</v>
+        <v>41225</v>
       </c>
       <c r="B1232" t="n">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C1232" t="inlineStr">
         <is>
-          <t>945</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="2" t="n">
-        <v>41093</v>
+        <v>41220</v>
       </c>
       <c r="B1233" t="n">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C1233" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="2" t="n">
-        <v>41086</v>
+        <v>41219</v>
       </c>
       <c r="B1234" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1234" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="2" t="n">
-        <v>41073</v>
+        <v>41208</v>
       </c>
       <c r="B1235" t="n">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C1235" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>1182</t>
         </is>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="2" t="n">
-        <v>41061</v>
+        <v>41207</v>
       </c>
       <c r="B1236" t="n">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C1236" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="2" t="n">
-        <v>41060</v>
+        <v>41206</v>
       </c>
       <c r="B1237" t="n">
-        <v>107.5</v>
+        <v>112</v>
       </c>
       <c r="C1237" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="2" t="n">
-        <v>41050</v>
+        <v>41191</v>
       </c>
       <c r="B1238" t="n">
-        <v>111</v>
+        <v>112.5</v>
       </c>
       <c r="C1238" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="2" t="n">
-        <v>41044</v>
+        <v>41190</v>
       </c>
       <c r="B1239" t="n">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C1239" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>1110</t>
         </is>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="2" t="n">
-        <v>41040</v>
+        <v>41189</v>
       </c>
       <c r="B1240" t="n">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C1240" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="2" t="n">
-        <v>41039</v>
+        <v>41179</v>
       </c>
       <c r="B1241" t="n">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C1241" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="2" t="n">
-        <v>41036</v>
+        <v>41178</v>
       </c>
       <c r="B1242" t="n">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C1242" t="inlineStr">
         <is>
-          <t>1020</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="2" t="n">
-        <v>41032</v>
+        <v>41172</v>
       </c>
       <c r="B1243" t="n">
         <v>110</v>
       </c>
       <c r="C1243" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="2" t="n">
-        <v>41031</v>
+        <v>41171</v>
       </c>
       <c r="B1244" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1244" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="2" t="n">
-        <v>41026</v>
+        <v>41170</v>
       </c>
       <c r="B1245" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C1245" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>185</t>
         </is>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="2" t="n">
-        <v>41009</v>
+        <v>41166</v>
       </c>
       <c r="B1246" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1246" t="inlineStr">
         <is>
-          <t>797</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="2" t="n">
-        <v>40994</v>
+        <v>41165</v>
       </c>
       <c r="B1247" t="n">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="C1247" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="2" t="n">
-        <v>40991</v>
+        <v>41164</v>
       </c>
       <c r="B1248" t="n">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="C1248" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>355</t>
         </is>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="2" t="n">
-        <v>40987</v>
+        <v>41162</v>
       </c>
       <c r="B1249" t="n">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C1249" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="2" t="n">
-        <v>40970</v>
+        <v>41161</v>
       </c>
       <c r="B1250" t="n">
-        <v>115.5</v>
+        <v>108</v>
       </c>
       <c r="C1250" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="2" t="n">
-        <v>40959</v>
+        <v>41142</v>
       </c>
       <c r="B1251" t="n">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C1251" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>520</t>
         </is>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="2" t="n">
-        <v>40954</v>
+        <v>41134</v>
       </c>
       <c r="B1252" t="n">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C1252" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="2" t="n">
-        <v>40949</v>
+        <v>41130</v>
       </c>
       <c r="B1253" t="n">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="C1253" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>271</t>
         </is>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="2" t="n">
-        <v>40942</v>
+        <v>41128</v>
       </c>
       <c r="B1254" t="n">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C1254" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="2" t="n">
-        <v>40940</v>
+        <v>41106</v>
       </c>
       <c r="B1255" t="n">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="C1255" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="2" t="n">
-        <v>40939</v>
+        <v>41103</v>
       </c>
       <c r="B1256" t="n">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C1256" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="2" t="n">
-        <v>40928</v>
+        <v>41099</v>
       </c>
       <c r="B1257" t="n">
-        <v>114.7</v>
+        <v>106.8</v>
       </c>
       <c r="C1257" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="2" t="n">
-        <v>40926</v>
+        <v>41094</v>
       </c>
       <c r="B1258" t="n">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="C1258" t="inlineStr">
         <is>
-          <t>489</t>
+          <t>945</t>
         </is>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="2" t="n">
-        <v>40918</v>
+        <v>41093</v>
       </c>
       <c r="B1259" t="n">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="C1259" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="2" t="n">
-        <v>40917</v>
+        <v>41086</v>
       </c>
       <c r="B1260" t="n">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="C1260" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="2" t="n">
-        <v>40900</v>
+        <v>41073</v>
       </c>
       <c r="B1261" t="n">
-        <v>114.5</v>
+        <v>111</v>
       </c>
       <c r="C1261" t="inlineStr">
         <is>
-          <t>158</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="2" t="n">
-        <v>40899</v>
+        <v>41061</v>
       </c>
       <c r="B1262" t="n">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C1262" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="2" t="n">
-        <v>40889</v>
+        <v>41060</v>
       </c>
       <c r="B1263" t="n">
-        <v>115</v>
+        <v>107.5</v>
       </c>
       <c r="C1263" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="2" t="n">
-        <v>40884</v>
+        <v>41050</v>
       </c>
       <c r="B1264" t="n">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C1264" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="2" t="n">
-        <v>40869</v>
+        <v>41044</v>
       </c>
       <c r="B1265" t="n">
-        <v>112.5</v>
+        <v>109</v>
       </c>
       <c r="C1265" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="2" t="n">
-        <v>40868</v>
+        <v>41040</v>
       </c>
       <c r="B1266" t="n">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C1266" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="2" t="n">
-        <v>40849</v>
+        <v>41039</v>
       </c>
       <c r="B1267" t="n">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="C1267" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="2" t="n">
-        <v>40843</v>
+        <v>41036</v>
       </c>
       <c r="B1268" t="n">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C1268" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1020</t>
         </is>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="2" t="n">
-        <v>40837</v>
+        <v>41032</v>
       </c>
       <c r="B1269" t="n">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C1269" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="2" t="n">
-        <v>40834</v>
+        <v>41031</v>
       </c>
       <c r="B1270" t="n">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C1270" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>265</t>
         </is>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="2" t="n">
-        <v>40833</v>
+        <v>41026</v>
       </c>
       <c r="B1271" t="n">
         <v>112</v>
       </c>
       <c r="C1271" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="2" t="n">
-        <v>40821</v>
+        <v>41009</v>
       </c>
       <c r="B1272" t="n">
-        <v>113.5</v>
+        <v>110</v>
       </c>
       <c r="C1272" t="inlineStr">
         <is>
-          <t>1015</t>
+          <t>797</t>
         </is>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="2" t="n">
-        <v>40819</v>
+        <v>40994</v>
       </c>
       <c r="B1273" t="n">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C1273" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="2" t="n">
-        <v>40816</v>
+        <v>40991</v>
       </c>
       <c r="B1274" t="n">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C1274" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="2" t="n">
-        <v>40815</v>
+        <v>40987</v>
       </c>
       <c r="B1275" t="n">
         <v>115</v>
       </c>
       <c r="C1275" t="inlineStr">
         <is>
-          <t>3189</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="2" t="n">
-        <v>40814</v>
+        <v>40970</v>
       </c>
       <c r="B1276" t="n">
-        <v>109</v>
+        <v>115.5</v>
       </c>
       <c r="C1276" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>83</t>
         </is>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="2" t="n">
-        <v>40812</v>
+        <v>40959</v>
       </c>
       <c r="B1277" t="n">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C1277" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>45</t>
         </is>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="2" t="n">
-        <v>40807</v>
+        <v>40954</v>
       </c>
       <c r="B1278" t="n">
-        <v>108.9</v>
+        <v>114</v>
       </c>
       <c r="C1278" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="2" t="n">
-        <v>40806</v>
+        <v>40949</v>
       </c>
       <c r="B1279" t="n">
-        <v>108.9</v>
+        <v>113</v>
       </c>
       <c r="C1279" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="2" t="n">
-        <v>40801</v>
+        <v>40942</v>
       </c>
       <c r="B1280" t="n">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C1280" t="inlineStr">
         <is>
-          <t>381</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="2" t="n">
-        <v>40798</v>
+        <v>40940</v>
       </c>
       <c r="B1281" t="n">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C1281" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="2" t="n">
-        <v>40795</v>
+        <v>40939</v>
       </c>
       <c r="B1282" t="n">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="C1282" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="2" t="n">
-        <v>40794</v>
+        <v>40928</v>
       </c>
       <c r="B1283" t="n">
-        <v>109</v>
+        <v>114.7</v>
       </c>
       <c r="C1283" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>42</t>
         </is>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="2" t="n">
-        <v>40791</v>
+        <v>40926</v>
       </c>
       <c r="B1284" t="n">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="C1284" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>489</t>
         </is>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="2" t="n">
-        <v>40786</v>
+        <v>40918</v>
       </c>
       <c r="B1285" t="n">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C1285" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="2" t="n">
-        <v>40784</v>
+        <v>40917</v>
       </c>
       <c r="B1286" t="n">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C1286" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="2" t="n">
-        <v>40781</v>
+        <v>40900</v>
       </c>
       <c r="B1287" t="n">
-        <v>108</v>
+        <v>114.5</v>
       </c>
       <c r="C1287" t="inlineStr">
         <is>
-          <t>2396</t>
+          <t>158</t>
         </is>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="2" t="n">
-        <v>40778</v>
+        <v>40899</v>
       </c>
       <c r="B1288" t="n">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="C1288" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="2" t="n">
-        <v>40777</v>
+        <v>40889</v>
       </c>
       <c r="B1289" t="n">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="C1289" t="inlineStr">
         <is>
-          <t>545</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="2" t="n">
-        <v>40774</v>
+        <v>40884</v>
       </c>
       <c r="B1290" t="n">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="C1290" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="2" t="n">
-        <v>40773</v>
+        <v>40869</v>
       </c>
       <c r="B1291" t="n">
-        <v>110</v>
+        <v>112.5</v>
       </c>
       <c r="C1291" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="2" t="n">
-        <v>40771</v>
+        <v>40868</v>
       </c>
       <c r="B1292" t="n">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C1292" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="2" t="n">
-        <v>40770</v>
+        <v>40849</v>
       </c>
       <c r="B1293" t="n">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C1293" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>43</t>
         </is>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="2" t="n">
-        <v>40766</v>
+        <v>40843</v>
       </c>
       <c r="B1294" t="n">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C1294" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="2" t="n">
-        <v>40764</v>
+        <v>40837</v>
       </c>
       <c r="B1295" t="n">
-        <v>107.5</v>
+        <v>114</v>
       </c>
       <c r="C1295" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>1200</t>
         </is>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="2" t="n">
-        <v>40763</v>
+        <v>40834</v>
       </c>
       <c r="B1296" t="n">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C1296" t="inlineStr">
         <is>
-          <t>1900</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="2" t="n">
-        <v>40760</v>
+        <v>40833</v>
       </c>
       <c r="B1297" t="n">
-        <v>108.5</v>
+        <v>112</v>
       </c>
       <c r="C1297" t="inlineStr">
         <is>
-          <t>1676</t>
+          <t>171</t>
         </is>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="2" t="n">
-        <v>40759</v>
+        <v>40821</v>
       </c>
       <c r="B1298" t="n">
-        <v>110</v>
+        <v>113.5</v>
       </c>
       <c r="C1298" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1015</t>
         </is>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="2" t="n">
-        <v>40758</v>
+        <v>40819</v>
       </c>
       <c r="B1299" t="n">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C1299" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>499</t>
         </is>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="2" t="n">
-        <v>40753</v>
+        <v>40816</v>
       </c>
       <c r="B1300" t="n">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C1300" t="inlineStr">
         <is>
-          <t>1813</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="2" t="n">
-        <v>40750</v>
+        <v>40815</v>
       </c>
       <c r="B1301" t="n">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C1301" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>3189</t>
         </is>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="2" t="n">
-        <v>40742</v>
+        <v>40814</v>
       </c>
       <c r="B1302" t="n">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C1302" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>281</t>
         </is>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="2" t="n">
-        <v>40739</v>
+        <v>40812</v>
       </c>
       <c r="B1303" t="n">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C1303" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="2" t="n">
-        <v>40735</v>
+        <v>40807</v>
       </c>
       <c r="B1304" t="n">
-        <v>114</v>
+        <v>108.9</v>
       </c>
       <c r="C1304" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="2" t="n">
-        <v>40729</v>
+        <v>40806</v>
       </c>
       <c r="B1305" t="n">
-        <v>112</v>
+        <v>108.9</v>
       </c>
       <c r="C1305" t="inlineStr">
         <is>
-          <t>845</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="2" t="n">
-        <v>40716</v>
+        <v>40801</v>
       </c>
       <c r="B1306" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C1306" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>381</t>
         </is>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="2" t="n">
-        <v>40710</v>
+        <v>40798</v>
       </c>
       <c r="B1307" t="n">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C1307" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>47</t>
         </is>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="2" t="n">
-        <v>40709</v>
+        <v>40795</v>
       </c>
       <c r="B1308" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C1308" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>129</t>
         </is>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="2" t="n">
-        <v>40708</v>
+        <v>40794</v>
       </c>
       <c r="B1309" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1309" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="2" t="n">
-        <v>40703</v>
+        <v>40791</v>
       </c>
       <c r="B1310" t="n">
-        <v>108.5</v>
+        <v>105</v>
       </c>
       <c r="C1310" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="2" t="n">
-        <v>40702</v>
+        <v>40786</v>
       </c>
       <c r="B1311" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C1311" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="2" t="n">
-        <v>40700</v>
+        <v>40784</v>
       </c>
       <c r="B1312" t="n">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C1312" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="2" t="n">
-        <v>40695</v>
+        <v>40781</v>
       </c>
       <c r="B1313" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C1313" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>2396</t>
         </is>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="2" t="n">
-        <v>40681</v>
+        <v>40778</v>
       </c>
       <c r="B1314" t="n">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C1314" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>62</t>
         </is>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="2" t="n">
-        <v>40660</v>
+        <v>40777</v>
       </c>
       <c r="B1315" t="n">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C1315" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>545</t>
         </is>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="2" t="n">
-        <v>40653</v>
+        <v>40774</v>
       </c>
       <c r="B1316" t="n">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C1316" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="2" t="n">
-        <v>40640</v>
+        <v>40773</v>
       </c>
       <c r="B1317" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C1317" t="inlineStr">
         <is>
-          <t>1440</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="2" t="n">
-        <v>40634</v>
+        <v>40771</v>
       </c>
       <c r="B1318" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C1318" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="2" t="n">
-        <v>40633</v>
+        <v>40770</v>
       </c>
       <c r="B1319" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C1319" t="inlineStr">
         <is>
-          <t>765</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="2" t="n">
-        <v>40632</v>
+        <v>40766</v>
       </c>
       <c r="B1320" t="n">
         <v>109</v>
       </c>
       <c r="C1320" t="inlineStr">
         <is>
-          <t>918</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="2" t="n">
-        <v>40631</v>
+        <v>40764</v>
       </c>
       <c r="B1321" t="n">
-        <v>106</v>
+        <v>107.5</v>
       </c>
       <c r="C1321" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>480</t>
         </is>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="2" t="n">
-        <v>40630</v>
+        <v>40763</v>
       </c>
       <c r="B1322" t="n">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C1322" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1900</t>
         </is>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="2" t="n">
-        <v>40627</v>
+        <v>40760</v>
       </c>
       <c r="B1323" t="n">
-        <v>106</v>
+        <v>108.5</v>
       </c>
       <c r="C1323" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>1676</t>
         </is>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="2" t="n">
-        <v>40626</v>
+        <v>40759</v>
       </c>
       <c r="B1324" t="n">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C1324" t="inlineStr">
         <is>
-          <t>282</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="2" t="n">
-        <v>40625</v>
+        <v>40758</v>
       </c>
       <c r="B1325" t="n">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C1325" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="2" t="n">
-        <v>40624</v>
+        <v>40753</v>
       </c>
       <c r="B1326" t="n">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C1326" t="inlineStr">
         <is>
-          <t>1735</t>
+          <t>1813</t>
         </is>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="2" t="n">
-        <v>40611</v>
+        <v>40750</v>
       </c>
       <c r="B1327" t="n">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C1327" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="2" t="n">
-        <v>40606</v>
+        <v>40742</v>
       </c>
       <c r="B1328" t="n">
-        <v>106.5</v>
+        <v>114</v>
       </c>
       <c r="C1328" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="2" t="n">
-        <v>40603</v>
+        <v>40739</v>
       </c>
       <c r="B1329" t="n">
-        <v>106.5</v>
+        <v>114</v>
       </c>
       <c r="C1329" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="2" t="n">
-        <v>40599</v>
+        <v>40735</v>
       </c>
       <c r="B1330" t="n">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C1330" t="inlineStr">
         <is>
-          <t>1010</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="2" t="n">
-        <v>40598</v>
+        <v>40729</v>
       </c>
       <c r="B1331" t="n">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C1331" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>845</t>
         </is>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="2" t="n">
-        <v>40597</v>
+        <v>40716</v>
       </c>
       <c r="B1332" t="n">
-        <v>106.5</v>
+        <v>111</v>
       </c>
       <c r="C1332" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="2" t="n">
-        <v>40591</v>
+        <v>40710</v>
       </c>
       <c r="B1333" t="n">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C1333" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="2" t="n">
-        <v>40590</v>
+        <v>40709</v>
       </c>
       <c r="B1334" t="n">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C1334" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="2" t="n">
-        <v>40588</v>
+        <v>40708</v>
       </c>
       <c r="B1335" t="n">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C1335" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="2" t="n">
-        <v>40581</v>
+        <v>40703</v>
       </c>
       <c r="B1336" t="n">
-        <v>106</v>
+        <v>108.5</v>
       </c>
       <c r="C1336" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="2" t="n">
-        <v>40577</v>
+        <v>40702</v>
       </c>
       <c r="B1337" t="n">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C1337" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="2" t="n">
-        <v>40575</v>
+        <v>40700</v>
       </c>
       <c r="B1338" t="n">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C1338" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>412</t>
         </is>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="2" t="n">
-        <v>40567</v>
+        <v>40695</v>
       </c>
       <c r="B1339" t="n">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C1339" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="2" t="n">
-        <v>40554</v>
+        <v>40681</v>
       </c>
       <c r="B1340" t="n">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="C1340" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="2" t="n">
-        <v>40550</v>
+        <v>40660</v>
       </c>
       <c r="B1341" t="n">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C1341" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="2" t="n">
-        <v>40526</v>
+        <v>40653</v>
       </c>
       <c r="B1342" t="n">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C1342" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>115</t>
         </is>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="2" t="n">
-        <v>40525</v>
+        <v>40640</v>
       </c>
       <c r="B1343" t="n">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C1343" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1440</t>
         </is>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="2" t="n">
-        <v>40522</v>
+        <v>40634</v>
       </c>
       <c r="B1344" t="n">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C1344" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>1060</t>
         </is>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="2" t="n">
-        <v>40518</v>
+        <v>40633</v>
       </c>
       <c r="B1345" t="n">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="C1345" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>765</t>
         </is>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="2" t="n">
-        <v>40512</v>
+        <v>40632</v>
       </c>
       <c r="B1346" t="n">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="C1346" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>918</t>
         </is>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="2" t="n">
-        <v>40507</v>
+        <v>40631</v>
       </c>
       <c r="B1347" t="n">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C1347" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="2" t="n">
-        <v>40493</v>
+        <v>40630</v>
       </c>
       <c r="B1348" t="n">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C1348" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="2" t="n">
-        <v>40487</v>
+        <v>40627</v>
       </c>
       <c r="B1349" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C1349" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1200</t>
         </is>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="2" t="n">
-        <v>40484</v>
+        <v>40626</v>
       </c>
       <c r="B1350" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C1350" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>282</t>
         </is>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="2" t="n">
-        <v>40480</v>
+        <v>40625</v>
       </c>
       <c r="B1351" t="n">
         <v>105</v>
       </c>
       <c r="C1351" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="2" t="n">
-        <v>40479</v>
+        <v>40624</v>
       </c>
       <c r="B1352" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C1352" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1735</t>
         </is>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="2" t="n">
-        <v>40478</v>
+        <v>40611</v>
       </c>
       <c r="B1353" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C1353" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="2" t="n">
-        <v>40473</v>
+        <v>40606</v>
       </c>
       <c r="B1354" t="n">
-        <v>106</v>
+        <v>106.5</v>
       </c>
       <c r="C1354" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="2" t="n">
-        <v>40472</v>
+        <v>40603</v>
       </c>
       <c r="B1355" t="n">
-        <v>105</v>
+        <v>106.5</v>
       </c>
       <c r="C1355" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>45</t>
         </is>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="2" t="n">
-        <v>40471</v>
+        <v>40599</v>
       </c>
       <c r="B1356" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C1356" t="inlineStr">
         <is>
-          <t>1'900</t>
+          <t>1010</t>
         </is>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="2" t="n">
-        <v>40470</v>
+        <v>40598</v>
       </c>
       <c r="B1357" t="n">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C1357" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="2" t="n">
-        <v>40469</v>
+        <v>40597</v>
       </c>
       <c r="B1358" t="n">
-        <v>104</v>
+        <v>106.5</v>
       </c>
       <c r="C1358" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="2" t="n">
-        <v>40462</v>
+        <v>40591</v>
       </c>
       <c r="B1359" t="n">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C1359" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="2" t="n">
-        <v>40458</v>
+        <v>40590</v>
       </c>
       <c r="B1360" t="n">
-        <v>103.5</v>
+        <v>106</v>
       </c>
       <c r="C1360" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>223</t>
         </is>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="2" t="n">
-        <v>40457</v>
+        <v>40588</v>
       </c>
       <c r="B1361" t="n">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C1361" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="2" t="n">
-        <v>40456</v>
+        <v>40581</v>
       </c>
       <c r="B1362" t="n">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C1362" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="2" t="n">
-        <v>40451</v>
+        <v>40577</v>
       </c>
       <c r="B1363" t="n">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C1363" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>3</t>
         </is>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="2" t="n">
-        <v>40441</v>
+        <v>40575</v>
       </c>
       <c r="B1364" t="n">
         <v>103</v>
       </c>
       <c r="C1364" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="2" t="n">
-        <v>40437</v>
+        <v>40567</v>
       </c>
       <c r="B1365" t="n">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C1365" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>97</t>
         </is>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="2" t="n">
-        <v>40435</v>
+        <v>40554</v>
       </c>
       <c r="B1366" t="n">
         <v>102</v>
       </c>
       <c r="C1366" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="2" t="n">
-        <v>40434</v>
+        <v>40550</v>
       </c>
       <c r="B1367" t="n">
         <v>102</v>
       </c>
       <c r="C1367" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="2" t="n">
-        <v>40433</v>
+        <v>40526</v>
       </c>
       <c r="B1368" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C1368" t="inlineStr">
         <is>
-          <t>570</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="2" t="n">
-        <v>40430</v>
+        <v>40525</v>
       </c>
       <c r="B1369" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C1369" t="inlineStr">
         <is>
-          <t>3'250</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="2" t="n">
-        <v>40415</v>
+        <v>40522</v>
       </c>
       <c r="B1370" t="n">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="C1370" t="inlineStr">
         <is>
-          <t>1'000</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="2" t="n">
-        <v>40408</v>
+        <v>40518</v>
       </c>
       <c r="B1371" t="n">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C1371" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="2" t="n">
-        <v>40406</v>
+        <v>40512</v>
       </c>
       <c r="B1372" t="n">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C1372" t="inlineStr">
         <is>
-          <t>284</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="2" t="n">
-        <v>40396</v>
+        <v>40507</v>
       </c>
       <c r="B1373" t="n">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C1373" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="2" t="n">
-        <v>40378</v>
+        <v>40493</v>
       </c>
       <c r="B1374" t="n">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C1374" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="2" t="n">
-        <v>40372</v>
+        <v>40487</v>
       </c>
       <c r="B1375" t="n">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C1375" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="2" t="n">
-        <v>40367</v>
+        <v>40484</v>
       </c>
       <c r="B1376" t="n">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C1376" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="2" t="n">
-        <v>40366</v>
+        <v>40480</v>
       </c>
       <c r="B1377" t="n">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1377" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="2" t="n">
-        <v>40365</v>
+        <v>40479</v>
       </c>
       <c r="B1378" t="n">
-        <v>96.5</v>
+        <v>104</v>
       </c>
       <c r="C1378" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="2" t="n">
-        <v>40364</v>
+        <v>40478</v>
       </c>
       <c r="B1379" t="n">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1379" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="2" t="n">
-        <v>40357</v>
+        <v>40473</v>
       </c>
       <c r="B1380" t="n">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C1380" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="2" t="n">
-        <v>40350</v>
+        <v>40472</v>
       </c>
       <c r="B1381" t="n">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1381" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="2" t="n">
-        <v>40347</v>
+        <v>40471</v>
       </c>
       <c r="B1382" t="n">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C1382" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>1'900</t>
         </is>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="2" t="n">
-        <v>40340</v>
+        <v>40470</v>
       </c>
       <c r="B1383" t="n">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C1383" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="2" t="n">
-        <v>40337</v>
+        <v>40469</v>
       </c>
       <c r="B1384" t="n">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="C1384" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>53</t>
         </is>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="2" t="n">
-        <v>40333</v>
+        <v>40462</v>
       </c>
       <c r="B1385" t="n">
-        <v>95.5</v>
+        <v>104</v>
       </c>
       <c r="C1385" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="2" t="n">
-        <v>40323</v>
+        <v>40458</v>
       </c>
       <c r="B1386" t="n">
-        <v>94.5</v>
+        <v>103.5</v>
       </c>
       <c r="C1386" t="inlineStr">
         <is>
-          <t>525</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="2" t="n">
-        <v>40318</v>
+        <v>40457</v>
       </c>
       <c r="B1387" t="n">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C1387" t="inlineStr">
         <is>
-          <t>529</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="2" t="n">
-        <v>40308</v>
+        <v>40456</v>
       </c>
       <c r="B1388" t="n">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="C1388" t="inlineStr">
         <is>
-          <t>305</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="2" t="n">
-        <v>40305</v>
+        <v>40451</v>
       </c>
       <c r="B1389" t="n">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="C1389" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>375</t>
         </is>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="2" t="n">
-        <v>40304</v>
+        <v>40441</v>
       </c>
       <c r="B1390" t="n">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="C1390" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="2" t="n">
-        <v>40303</v>
+        <v>40437</v>
       </c>
       <c r="B1391" t="n">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C1391" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="2" t="n">
-        <v>40302</v>
+        <v>40435</v>
       </c>
       <c r="B1392" t="n">
-        <v>93.5</v>
+        <v>102</v>
       </c>
       <c r="C1392" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="2" t="n">
-        <v>40298</v>
+        <v>40434</v>
       </c>
       <c r="B1393" t="n">
-        <v>95.5</v>
+        <v>102</v>
       </c>
       <c r="C1393" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="2" t="n">
-        <v>40296</v>
+        <v>40433</v>
       </c>
       <c r="B1394" t="n">
-        <v>95.5</v>
+        <v>104</v>
       </c>
       <c r="C1394" t="inlineStr">
         <is>
-          <t>2200</t>
+          <t>570</t>
         </is>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="2" t="n">
-        <v>40276</v>
+        <v>40430</v>
       </c>
       <c r="B1395" t="n">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="C1395" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>3'250</t>
         </is>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="2" t="n">
-        <v>40275</v>
+        <v>40415</v>
       </c>
       <c r="B1396" t="n">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C1396" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>1'000</t>
         </is>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="2" t="n">
-        <v>40274</v>
+        <v>40408</v>
       </c>
       <c r="B1397" t="n">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C1397" t="inlineStr">
         <is>
-          <t>6929</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="2" t="n">
-        <v>40261</v>
+        <v>40406</v>
       </c>
       <c r="B1398" t="n">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C1398" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>284</t>
         </is>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="2" t="n">
-        <v>40260</v>
+        <v>40396</v>
       </c>
       <c r="B1399" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C1399" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="2" t="n">
-        <v>40256</v>
+        <v>40378</v>
       </c>
       <c r="B1400" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C1400" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="2" t="n">
-        <v>40254</v>
+        <v>40372</v>
       </c>
       <c r="B1401" t="n">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="C1401" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>37</t>
         </is>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="2" t="n">
-        <v>40240</v>
+        <v>40367</v>
       </c>
       <c r="B1402" t="n">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="C1402" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>128</t>
         </is>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="2" t="n">
-        <v>40220</v>
+        <v>40366</v>
       </c>
       <c r="B1403" t="n">
-        <v>90.5</v>
+        <v>98</v>
       </c>
       <c r="C1403" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>13</t>
         </is>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="2" t="n">
-        <v>40219</v>
+        <v>40365</v>
       </c>
       <c r="B1404" t="n">
-        <v>90.5</v>
+        <v>96.5</v>
       </c>
       <c r="C1404" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="2" t="n">
-        <v>40210</v>
+        <v>40364</v>
       </c>
       <c r="B1405" t="n">
-        <v>90.5</v>
+        <v>98</v>
       </c>
       <c r="C1405" t="inlineStr">
         <is>
-          <t>436</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="2" t="n">
-        <v>40207</v>
+        <v>40357</v>
       </c>
       <c r="B1406" t="n">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="C1406" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>165</t>
         </is>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="2" t="n">
-        <v>40203</v>
+        <v>40350</v>
       </c>
       <c r="B1407" t="n">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="C1407" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="2" t="n">
-        <v>40195</v>
+        <v>40347</v>
       </c>
       <c r="B1408" t="n">
-        <v>94.5</v>
+        <v>96</v>
       </c>
       <c r="C1408" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>425</t>
         </is>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="2" t="n">
-        <v>40192</v>
+        <v>40340</v>
       </c>
       <c r="B1409" t="n">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C1409" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="2" t="n">
-        <v>40191</v>
+        <v>40337</v>
       </c>
       <c r="B1410" t="n">
-        <v>90.65000000000001</v>
+        <v>95</v>
       </c>
       <c r="C1410" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>45</t>
         </is>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="2" t="n">
-        <v>40190</v>
+        <v>40333</v>
       </c>
       <c r="B1411" t="n">
-        <v>90.5</v>
+        <v>95.5</v>
       </c>
       <c r="C1411" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="2" t="n">
-        <v>40189</v>
+        <v>40323</v>
       </c>
       <c r="B1412" t="n">
-        <v>90</v>
+        <v>94.5</v>
       </c>
       <c r="C1412" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>525</t>
         </is>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="2" t="n">
-        <v>40186</v>
+        <v>40318</v>
       </c>
       <c r="B1413" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C1413" t="inlineStr">
         <is>
-          <t>301</t>
+          <t>529</t>
         </is>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="2" t="n">
-        <v>40185</v>
+        <v>40308</v>
       </c>
       <c r="B1414" t="n">
-        <v>90.5</v>
+        <v>95</v>
       </c>
       <c r="C1414" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>305</t>
         </is>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="2" t="n">
-        <v>40184</v>
+        <v>40305</v>
       </c>
       <c r="B1415" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C1415" t="inlineStr">
         <is>
-          <t>199</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="2" t="n">
-        <v>40183</v>
+        <v>40304</v>
       </c>
       <c r="B1416" t="n">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C1416" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="2" t="n">
-        <v>40182</v>
+        <v>40303</v>
       </c>
       <c r="B1417" t="n">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C1417" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="2" t="n">
-        <v>40170</v>
+        <v>40302</v>
       </c>
       <c r="B1418" t="n">
-        <v>89</v>
+        <v>93.5</v>
       </c>
       <c r="C1418" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="2" t="n">
-        <v>40169</v>
+        <v>40298</v>
       </c>
       <c r="B1419" t="n">
-        <v>88</v>
+        <v>95.5</v>
       </c>
       <c r="C1419" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="2" t="n">
-        <v>40168</v>
+        <v>40296</v>
       </c>
       <c r="B1420" t="n">
-        <v>88.5</v>
+        <v>95.5</v>
       </c>
       <c r="C1420" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>2200</t>
         </is>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="2" t="n">
-        <v>40165</v>
+        <v>40276</v>
       </c>
       <c r="B1421" t="n">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C1421" t="inlineStr">
         <is>
-          <t>1225</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="2" t="n">
-        <v>40164</v>
+        <v>40275</v>
       </c>
       <c r="B1422" t="n">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C1422" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="2" t="n">
-        <v>40156</v>
+        <v>40274</v>
       </c>
       <c r="B1423" t="n">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C1423" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>6929</t>
         </is>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="2" t="n">
-        <v>40154</v>
+        <v>40261</v>
       </c>
       <c r="B1424" t="n">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C1424" t="inlineStr">
         <is>
-          <t>640</t>
+          <t>87</t>
         </is>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="2" t="n">
-        <v>40151</v>
+        <v>40260</v>
       </c>
       <c r="B1425" t="n">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C1425" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="2" t="n">
-        <v>40148</v>
+        <v>40256</v>
       </c>
       <c r="B1426" t="n">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C1426" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>499</t>
         </is>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="2" t="n">
-        <v>40147</v>
+        <v>40254</v>
       </c>
       <c r="B1427" t="n">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C1427" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="2" t="n">
-        <v>40144</v>
+        <v>40240</v>
       </c>
       <c r="B1428" t="n">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C1428" t="inlineStr">
         <is>
-          <t>729</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="2" t="n">
-        <v>40143</v>
+        <v>40220</v>
       </c>
       <c r="B1429" t="n">
-        <v>87</v>
+        <v>90.5</v>
       </c>
       <c r="C1429" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="2" t="n">
-        <v>40130</v>
+        <v>40219</v>
       </c>
       <c r="B1430" t="n">
-        <v>87</v>
+        <v>90.5</v>
       </c>
       <c r="C1430" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="2" t="n">
-        <v>40129</v>
+        <v>40210</v>
       </c>
       <c r="B1431" t="n">
-        <v>87</v>
+        <v>90.5</v>
       </c>
       <c r="C1431" t="inlineStr">
         <is>
-          <t>993</t>
+          <t>436</t>
         </is>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="2" t="n">
-        <v>40126</v>
+        <v>40207</v>
       </c>
       <c r="B1432" t="n">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C1432" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="2" t="n">
-        <v>40123</v>
+        <v>40203</v>
       </c>
       <c r="B1433" t="n">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C1433" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="2" t="n">
-        <v>40122</v>
+        <v>40195</v>
       </c>
       <c r="B1434" t="n">
-        <v>87</v>
+        <v>94.5</v>
       </c>
       <c r="C1434" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="2" t="n">
-        <v>40119</v>
+        <v>40192</v>
       </c>
       <c r="B1435" t="n">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C1435" t="inlineStr">
         <is>
-          <t>765</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="2" t="n">
-        <v>40113</v>
+        <v>40191</v>
       </c>
       <c r="B1436" t="n">
-        <v>87</v>
+        <v>90.65000000000001</v>
       </c>
       <c r="C1436" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>594</t>
         </is>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="2" t="n">
-        <v>40107</v>
+        <v>40190</v>
       </c>
       <c r="B1437" t="n">
-        <v>84</v>
+        <v>90.5</v>
       </c>
       <c r="C1437" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="2" t="n">
-        <v>40106</v>
+        <v>40189</v>
       </c>
       <c r="B1438" t="n">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C1438" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="2" t="n">
-        <v>40101</v>
+        <v>40186</v>
       </c>
       <c r="B1439" t="n">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C1439" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>301</t>
         </is>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="2" t="n">
-        <v>40100</v>
+        <v>40185</v>
       </c>
       <c r="B1440" t="n">
-        <v>84</v>
+        <v>90.5</v>
       </c>
       <c r="C1440" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="2" t="n">
-        <v>40095</v>
+        <v>40184</v>
       </c>
       <c r="B1441" t="n">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="C1441" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>199</t>
         </is>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="2" t="n">
-        <v>40094</v>
+        <v>40183</v>
       </c>
       <c r="B1442" t="n">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C1442" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="2" t="n">
-        <v>40093</v>
+        <v>40182</v>
       </c>
       <c r="B1443" t="n">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C1443" t="inlineStr">
         <is>
-          <t>298</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="2" t="n">
-        <v>40092</v>
+        <v>40170</v>
       </c>
       <c r="B1444" t="n">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C1444" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="2" t="n">
-        <v>40087</v>
+        <v>40169</v>
       </c>
       <c r="B1445" t="n">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C1445" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="2" t="n">
-        <v>40086</v>
+        <v>40168</v>
       </c>
       <c r="B1446" t="n">
-        <v>85</v>
+        <v>88.5</v>
       </c>
       <c r="C1446" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="2" t="n">
-        <v>40079</v>
+        <v>40165</v>
       </c>
       <c r="B1447" t="n">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C1447" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1225</t>
         </is>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="2" t="n">
-        <v>40074</v>
+        <v>40164</v>
       </c>
       <c r="B1448" t="n">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C1448" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="2" t="n">
-        <v>40071</v>
+        <v>40156</v>
       </c>
       <c r="B1449" t="n">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C1449" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="2" t="n">
-        <v>40065</v>
+        <v>40154</v>
       </c>
       <c r="B1450" t="n">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C1450" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>640</t>
         </is>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="2" t="n">
-        <v>40049</v>
+        <v>40151</v>
       </c>
       <c r="B1451" t="n">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C1451" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>201</t>
         </is>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="2" t="n">
-        <v>40031</v>
+        <v>40148</v>
       </c>
       <c r="B1452" t="n">
-        <v>77.5</v>
+        <v>86</v>
       </c>
       <c r="C1452" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="2" t="n">
-        <v>40002</v>
+        <v>40147</v>
       </c>
       <c r="B1453" t="n">
-        <v>72.5</v>
+        <v>86</v>
       </c>
       <c r="C1453" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="2" t="n">
-        <v>40001</v>
+        <v>40144</v>
       </c>
       <c r="B1454" t="n">
-        <v>72.5</v>
+        <v>86</v>
       </c>
       <c r="C1454" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>729</t>
         </is>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="2" t="n">
-        <v>39999</v>
+        <v>40143</v>
       </c>
       <c r="B1455" t="n">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="C1455" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>580</t>
         </is>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="2" t="n">
-        <v>39989</v>
+        <v>40130</v>
       </c>
       <c r="B1456" t="n">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="C1456" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="2" t="n">
-        <v>39981</v>
+        <v>40129</v>
       </c>
       <c r="B1457" t="n">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="C1457" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>993</t>
         </is>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="2" t="n">
-        <v>39980</v>
+        <v>40126</v>
       </c>
       <c r="B1458" t="n">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="C1458" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>82</t>
         </is>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="2" t="n">
-        <v>39960</v>
+        <v>40123</v>
       </c>
       <c r="B1459" t="n">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="C1459" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="2" t="n">
-        <v>39959</v>
+        <v>40122</v>
       </c>
       <c r="B1460" t="n">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="C1460" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="2" t="n">
-        <v>39953</v>
+        <v>40119</v>
       </c>
       <c r="B1461" t="n">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="C1461" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>765</t>
         </is>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="2" t="n">
-        <v>39952</v>
+        <v>40113</v>
       </c>
       <c r="B1462" t="n">
-        <v>69.5</v>
+        <v>87</v>
       </c>
       <c r="C1462" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="2" t="n">
-        <v>39948</v>
+        <v>40107</v>
       </c>
       <c r="B1463" t="n">
-        <v>68.09999999999999</v>
+        <v>84</v>
       </c>
       <c r="C1463" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>371</t>
         </is>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="2" t="n">
-        <v>39944</v>
+        <v>40106</v>
       </c>
       <c r="B1464" t="n">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="C1464" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="2" t="n">
-        <v>39938</v>
+        <v>40101</v>
       </c>
       <c r="B1465" t="n">
-        <v>66.5</v>
+        <v>86</v>
       </c>
       <c r="C1465" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="2" t="n">
-        <v>39937</v>
+        <v>40100</v>
       </c>
       <c r="B1466" t="n">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="C1466" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="2" t="n">
-        <v>39924</v>
+        <v>40095</v>
       </c>
       <c r="B1467" t="n">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="C1467" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="2" t="n">
-        <v>39919</v>
+        <v>40094</v>
       </c>
       <c r="B1468" t="n">
-        <v>66.5</v>
+        <v>85</v>
       </c>
       <c r="C1468" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="2" t="n">
-        <v>39898</v>
+        <v>40093</v>
       </c>
       <c r="B1469" t="n">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="C1469" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>298</t>
         </is>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="2" t="n">
-        <v>39897</v>
+        <v>40092</v>
       </c>
       <c r="B1470" t="n">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="C1470" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>152</t>
         </is>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="2" t="n">
-        <v>39892</v>
+        <v>40087</v>
       </c>
       <c r="B1471" t="n">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="C1471" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="2" t="n">
-        <v>39889</v>
+        <v>40086</v>
       </c>
       <c r="B1472" t="n">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="C1472" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="2" t="n">
-        <v>39883</v>
+        <v>40079</v>
       </c>
       <c r="B1473" t="n">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="C1473" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="2" t="n">
-        <v>39833</v>
+        <v>40074</v>
       </c>
       <c r="B1474" t="n">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="C1474" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="2" t="n">
-        <v>39772</v>
+        <v>40071</v>
       </c>
       <c r="B1475" t="n">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C1475" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="2" t="n">
-        <v>39771</v>
+        <v>40065</v>
       </c>
       <c r="B1476" t="n">
-        <v>77.5</v>
+        <v>80</v>
       </c>
       <c r="C1476" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="2" t="n">
-        <v>39763</v>
+        <v>40049</v>
       </c>
       <c r="B1477" t="n">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C1477" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="2" t="n">
-        <v>39694</v>
+        <v>40031</v>
       </c>
       <c r="B1478" t="n">
-        <v>80</v>
+        <v>77.5</v>
       </c>
       <c r="C1478" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="2" t="n">
-        <v>39693</v>
+        <v>40002</v>
       </c>
       <c r="B1479" t="n">
-        <v>79.5</v>
+        <v>72.5</v>
       </c>
       <c r="C1479" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>22</t>
         </is>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="2" t="n">
-        <v>39587</v>
+        <v>40001</v>
       </c>
       <c r="B1480" t="n">
-        <v>77.5</v>
+        <v>72.5</v>
       </c>
       <c r="C1480" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>176</t>
         </is>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="2" t="n">
-        <v>39583</v>
+        <v>39999</v>
       </c>
       <c r="B1481" t="n">
-        <v>76.5</v>
+        <v>75</v>
       </c>
       <c r="C1481" t="inlineStr">
         <is>
-          <t>20000</t>
+          <t>116</t>
         </is>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="2" t="n">
-        <v>39581</v>
+        <v>39989</v>
       </c>
       <c r="B1482" t="n">
-        <v>76.5</v>
+        <v>73</v>
       </c>
       <c r="C1482" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="2" t="n">
-        <v>39559</v>
+        <v>39981</v>
       </c>
       <c r="B1483" t="n">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="C1483" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>670</t>
         </is>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="2" t="n">
-        <v>39554</v>
+        <v>39980</v>
       </c>
       <c r="B1484" t="n">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C1484" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="2" t="n">
-        <v>39548</v>
+        <v>39960</v>
       </c>
       <c r="B1485" t="n">
-        <v>73.5</v>
+        <v>70</v>
       </c>
       <c r="C1485" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="2" t="n">
-        <v>39518</v>
+        <v>39959</v>
       </c>
       <c r="B1486" t="n">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C1486" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="2" t="n">
-        <v>39504</v>
+        <v>39953</v>
       </c>
       <c r="B1487" t="n">
-        <v>72.75</v>
+        <v>69</v>
       </c>
       <c r="C1487" t="inlineStr">
         <is>
-          <t>1600</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="2" t="n">
-        <v>39492</v>
+        <v>39952</v>
       </c>
       <c r="B1488" t="n">
-        <v>71.75</v>
+        <v>69.5</v>
       </c>
       <c r="C1488" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="2" t="n">
-        <v>39486</v>
+        <v>39948</v>
       </c>
       <c r="B1489" t="n">
-        <v>71.5</v>
+        <v>68.09999999999999</v>
       </c>
       <c r="C1489" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="2" t="n">
-        <v>39484</v>
+        <v>39944</v>
       </c>
       <c r="B1490" t="n">
-        <v>71.5</v>
+        <v>70</v>
       </c>
       <c r="C1490" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="2" t="n">
-        <v>39415</v>
+        <v>39938</v>
       </c>
       <c r="B1491" t="n">
-        <v>71.25</v>
+        <v>66.5</v>
       </c>
       <c r="C1491" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="2" t="n">
-        <v>39360</v>
+        <v>39937</v>
       </c>
       <c r="B1492" t="n">
-        <v>71.5</v>
+        <v>70</v>
       </c>
       <c r="C1492" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="2" t="n">
-        <v>39356</v>
+        <v>39924</v>
       </c>
       <c r="B1493" t="n">
-        <v>73.5</v>
+        <v>68</v>
       </c>
       <c r="C1493" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="2" t="n">
-        <v>39353</v>
+        <v>39919</v>
       </c>
       <c r="B1494" t="n">
-        <v>71.75</v>
+        <v>66.5</v>
       </c>
       <c r="C1494" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="2" t="n">
-        <v>39352</v>
+        <v>39898</v>
       </c>
       <c r="B1495" t="n">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="C1495" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="2" t="n">
-        <v>39348</v>
+        <v>39897</v>
       </c>
       <c r="B1496" t="n">
-        <v>75.5</v>
+        <v>66</v>
       </c>
       <c r="C1496" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="2" t="n">
-        <v>39345</v>
+        <v>39892</v>
       </c>
       <c r="B1497" t="n">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="C1497" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="2" t="n">
-        <v>39344</v>
+        <v>39889</v>
       </c>
       <c r="B1498" t="n">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C1498" t="inlineStr">
         <is>
-          <t>443</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="2" t="n">
-        <v>39338</v>
+        <v>39883</v>
       </c>
       <c r="B1499" t="n">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="C1499" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="2" t="n">
-        <v>39335</v>
+        <v>39833</v>
       </c>
       <c r="B1500" t="n">
-        <v>74.5</v>
+        <v>70</v>
       </c>
       <c r="C1500" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="2" t="n">
-        <v>39331</v>
+        <v>39772</v>
       </c>
       <c r="B1501" t="n">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C1501" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="2" t="n">
-        <v>39330</v>
+        <v>39771</v>
       </c>
       <c r="B1502" t="n">
-        <v>73.5</v>
+        <v>77.5</v>
       </c>
       <c r="C1502" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="2" t="n">
-        <v>39328</v>
+        <v>39763</v>
       </c>
       <c r="B1503" t="n">
-        <v>73.5</v>
+        <v>78</v>
       </c>
       <c r="C1503" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="2" t="n">
-        <v>39323</v>
+        <v>39694</v>
       </c>
       <c r="B1504" t="n">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C1504" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="2" t="n">
-        <v>39311</v>
+        <v>39693</v>
       </c>
       <c r="B1505" t="n">
-        <v>73.75</v>
+        <v>79.5</v>
       </c>
       <c r="C1505" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>44</t>
         </is>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="2" t="n">
-        <v>39308</v>
+        <v>39587</v>
       </c>
       <c r="B1506" t="n">
-        <v>74</v>
+        <v>77.5</v>
       </c>
       <c r="C1506" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="2" t="n">
-        <v>39303</v>
+        <v>39583</v>
       </c>
       <c r="B1507" t="n">
-        <v>74</v>
+        <v>76.5</v>
       </c>
       <c r="C1507" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>20000</t>
         </is>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="2" t="n">
-        <v>39302</v>
+        <v>39581</v>
       </c>
       <c r="B1508" t="n">
-        <v>75</v>
+        <v>76.5</v>
       </c>
       <c r="C1508" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="2" t="n">
-        <v>39293</v>
+        <v>39559</v>
       </c>
       <c r="B1509" t="n">
-        <v>74.25</v>
+        <v>76</v>
       </c>
       <c r="C1509" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="2" t="n">
-        <v>39290</v>
+        <v>39554</v>
       </c>
       <c r="B1510" t="n">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C1510" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="2" t="n">
-        <v>39282</v>
+        <v>39548</v>
       </c>
       <c r="B1511" t="n">
-        <v>74</v>
+        <v>73.5</v>
       </c>
       <c r="C1511" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="2" t="n">
-        <v>39281</v>
+        <v>39518</v>
       </c>
       <c r="B1512" t="n">
-        <v>73.5</v>
+        <v>73</v>
       </c>
       <c r="C1512" t="inlineStr">
         <is>
-          <t>3500</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="2" t="n">
-        <v>39280</v>
+        <v>39504</v>
       </c>
       <c r="B1513" t="n">
-        <v>73.09999999999999</v>
+        <v>72.75</v>
       </c>
       <c r="C1513" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1600</t>
         </is>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="2" t="n">
-        <v>39276</v>
+        <v>39492</v>
       </c>
       <c r="B1514" t="n">
-        <v>72.5</v>
+        <v>71.75</v>
       </c>
       <c r="C1514" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="2" t="n">
-        <v>39259</v>
+        <v>39486</v>
       </c>
       <c r="B1515" t="n">
-        <v>73.5</v>
+        <v>71.5</v>
       </c>
       <c r="C1515" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="2" t="n">
-        <v>39254</v>
+        <v>39484</v>
       </c>
       <c r="B1516" t="n">
-        <v>73</v>
+        <v>71.5</v>
       </c>
       <c r="C1516" t="inlineStr">
         <is>
-          <t>1106</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="2" t="n">
-        <v>39251</v>
+        <v>39415</v>
       </c>
       <c r="B1517" t="n">
-        <v>73.25</v>
+        <v>71.25</v>
       </c>
       <c r="C1517" t="inlineStr">
         <is>
-          <t>2500</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="2" t="n">
-        <v>39245</v>
+        <v>39360</v>
       </c>
       <c r="B1518" t="n">
-        <v>73.25</v>
+        <v>71.5</v>
       </c>
       <c r="C1518" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="2" t="n">
-        <v>39244</v>
+        <v>39356</v>
       </c>
       <c r="B1519" t="n">
         <v>73.5</v>
       </c>
       <c r="C1519" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="2" t="n">
-        <v>39237</v>
+        <v>39353</v>
       </c>
       <c r="B1520" t="n">
-        <v>74.5</v>
+        <v>71.75</v>
       </c>
       <c r="C1520" t="inlineStr">
         <is>
-          <t>1'100</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="2" t="n">
-        <v>39227</v>
+        <v>39352</v>
       </c>
       <c r="B1521" t="n">
-        <v>73.25</v>
+        <v>73</v>
       </c>
       <c r="C1521" t="inlineStr">
         <is>
-          <t>2150</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="2" t="n">
-        <v>39226</v>
+        <v>39348</v>
       </c>
       <c r="B1522" t="n">
-        <v>74</v>
+        <v>75.5</v>
       </c>
       <c r="C1522" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="2" t="n">
-        <v>39217</v>
+        <v>39345</v>
       </c>
       <c r="B1523" t="n">
-        <v>72.75</v>
+        <v>75</v>
       </c>
       <c r="C1523" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="2" t="n">
-        <v>39216</v>
+        <v>39344</v>
       </c>
       <c r="B1524" t="n">
-        <v>72.75</v>
+        <v>74</v>
       </c>
       <c r="C1524" t="inlineStr">
         <is>
-          <t>7000</t>
+          <t>443</t>
         </is>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="2" t="n">
-        <v>39210</v>
+        <v>39338</v>
       </c>
       <c r="B1525" t="n">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C1525" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="2" t="n">
-        <v>39204</v>
+        <v>39335</v>
       </c>
       <c r="B1526" t="n">
-        <v>72</v>
+        <v>74.5</v>
       </c>
       <c r="C1526" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="2" t="n">
-        <v>39191</v>
+        <v>39331</v>
       </c>
       <c r="B1527" t="n">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C1527" t="inlineStr">
         <is>
-          <t>755</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="2" t="n">
-        <v>39163</v>
+        <v>39330</v>
       </c>
       <c r="B1528" t="n">
-        <v>68</v>
+        <v>73.5</v>
       </c>
       <c r="C1528" t="inlineStr">
         <is>
-          <t>1335</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="2" t="n">
-        <v>39160</v>
+        <v>39328</v>
       </c>
       <c r="B1529" t="n">
-        <v>68</v>
+        <v>73.5</v>
       </c>
       <c r="C1529" t="inlineStr">
         <is>
-          <t>1665</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="2" t="n">
-        <v>39157</v>
+        <v>39323</v>
       </c>
       <c r="B1530" t="n">
-        <v>67.5</v>
+        <v>73</v>
       </c>
       <c r="C1530" t="inlineStr">
         <is>
-          <t>541</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="2" t="n">
-        <v>39126</v>
+        <v>39311</v>
       </c>
       <c r="B1531" t="n">
-        <v>67</v>
+        <v>73.75</v>
       </c>
       <c r="C1531" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="2" t="n">
-        <v>39125</v>
+        <v>39308</v>
       </c>
       <c r="B1532" t="n">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C1532" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="2" t="n">
-        <v>39122</v>
+        <v>39303</v>
       </c>
       <c r="B1533" t="n">
-        <v>65.5</v>
+        <v>74</v>
       </c>
       <c r="C1533" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="2" t="n">
-        <v>39120</v>
+        <v>39302</v>
       </c>
       <c r="B1534" t="n">
-        <v>65.5</v>
+        <v>75</v>
       </c>
       <c r="C1534" t="inlineStr">
         <is>
-          <t>4950</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="2" t="n">
-        <v>39113</v>
+        <v>39293</v>
       </c>
       <c r="B1535" t="n">
-        <v>65.5</v>
+        <v>74.25</v>
       </c>
       <c r="C1535" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="2" t="n">
-        <v>39112</v>
+        <v>39290</v>
       </c>
       <c r="B1536" t="n">
-        <v>64.5</v>
+        <v>74</v>
       </c>
       <c r="C1536" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="2" t="n">
-        <v>39108</v>
+        <v>39282</v>
       </c>
       <c r="B1537" t="n">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="C1537" t="inlineStr">
         <is>
-          <t>1101</t>
+          <t>64</t>
         </is>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="2" t="n">
-        <v>39070</v>
+        <v>39281</v>
       </c>
       <c r="B1538" t="n">
-        <v>66</v>
+        <v>73.5</v>
       </c>
       <c r="C1538" t="inlineStr">
         <is>
-          <t>2500</t>
+          <t>3500</t>
         </is>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="2" t="n">
-        <v>39069</v>
+        <v>39280</v>
       </c>
       <c r="B1539" t="n">
-        <v>66</v>
+        <v>73.09999999999999</v>
       </c>
       <c r="C1539" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="2" t="n">
-        <v>39068</v>
+        <v>39276</v>
       </c>
       <c r="B1540" t="n">
-        <v>66</v>
+        <v>72.5</v>
       </c>
       <c r="C1540" t="inlineStr">
         <is>
-          <t>3500</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="2" t="n">
-        <v>39067</v>
+        <v>39259</v>
       </c>
       <c r="B1541" t="n">
-        <v>66</v>
+        <v>73.5</v>
       </c>
       <c r="C1541" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="2" t="n">
-        <v>39066</v>
+        <v>39254</v>
       </c>
       <c r="B1542" t="n">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C1542" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1106</t>
         </is>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="2" t="n">
-        <v>39017</v>
+        <v>39251</v>
       </c>
       <c r="B1543" t="n">
-        <v>61</v>
+        <v>73.25</v>
       </c>
       <c r="C1543" t="inlineStr">
         <is>
-          <t>1400</t>
+          <t>2500</t>
         </is>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="2" t="n">
-        <v>39013</v>
+        <v>39245</v>
       </c>
       <c r="B1544" t="n">
-        <v>60.5</v>
+        <v>73.25</v>
       </c>
       <c r="C1544" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="2" t="n">
-        <v>39008</v>
+        <v>39244</v>
       </c>
       <c r="B1545" t="n">
-        <v>61</v>
+        <v>73.5</v>
       </c>
       <c r="C1545" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="2" t="n">
-        <v>39000</v>
+        <v>39237</v>
       </c>
       <c r="B1546" t="n">
-        <v>59.75</v>
+        <v>74.5</v>
       </c>
       <c r="C1546" t="inlineStr">
         <is>
-          <t>317</t>
+          <t>1'100</t>
         </is>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="2" t="n">
-        <v>38999</v>
+        <v>39227</v>
       </c>
       <c r="B1547" t="n">
-        <v>59.5</v>
+        <v>73.25</v>
       </c>
       <c r="C1547" t="inlineStr">
         <is>
-          <t>4900</t>
+          <t>2150</t>
         </is>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="2" t="n">
-        <v>38996</v>
+        <v>39226</v>
       </c>
       <c r="B1548" t="n">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="C1548" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>325</t>
         </is>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="2" t="n">
-        <v>38995</v>
+        <v>39217</v>
       </c>
       <c r="B1549" t="n">
-        <v>59</v>
+        <v>72.75</v>
       </c>
       <c r="C1549" t="inlineStr">
         <is>
-          <t>4806</t>
+          <t>187</t>
         </is>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="2" t="n">
-        <v>38993</v>
+        <v>39216</v>
       </c>
       <c r="B1550" t="n">
-        <v>60</v>
+        <v>72.75</v>
       </c>
       <c r="C1550" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>7000</t>
         </is>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="2" t="n">
-        <v>38992</v>
+        <v>39210</v>
       </c>
       <c r="B1551" t="n">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="C1551" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="2" t="n">
-        <v>38988</v>
+        <v>39204</v>
       </c>
       <c r="B1552" t="n">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C1552" t="inlineStr">
         <is>
-          <t>810</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="2" t="n">
-        <v>38986</v>
+        <v>39191</v>
       </c>
       <c r="B1553" t="n">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C1553" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>755</t>
         </is>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="2" t="n">
-        <v>38985</v>
+        <v>39163</v>
       </c>
       <c r="B1554" t="n">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="C1554" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>1335</t>
         </is>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="2" t="n">
-        <v>38980</v>
+        <v>39160</v>
       </c>
       <c r="B1555" t="n">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C1555" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>1665</t>
         </is>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="2" t="n">
-        <v>38979</v>
+        <v>39157</v>
       </c>
       <c r="B1556" t="n">
-        <v>60</v>
+        <v>67.5</v>
       </c>
       <c r="C1556" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>541</t>
         </is>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="2" t="n">
-        <v>38975</v>
+        <v>39126</v>
       </c>
       <c r="B1557" t="n">
-        <v>58.5</v>
+        <v>67</v>
       </c>
       <c r="C1557" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="2" t="n">
-        <v>38974</v>
+        <v>39125</v>
       </c>
       <c r="B1558" t="n">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C1558" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="2" t="n">
-        <v>38968</v>
+        <v>39122</v>
       </c>
       <c r="B1559" t="n">
-        <v>58</v>
+        <v>65.5</v>
       </c>
       <c r="C1559" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="2" t="n">
-        <v>38966</v>
+        <v>39120</v>
       </c>
       <c r="B1560" t="n">
-        <v>57.5</v>
+        <v>65.5</v>
       </c>
       <c r="C1560" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>4950</t>
         </is>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="2" t="n">
-        <v>38965</v>
+        <v>39113</v>
       </c>
       <c r="B1561" t="n">
-        <v>57.25</v>
+        <v>65.5</v>
       </c>
       <c r="C1561" t="inlineStr">
         <is>
-          <t>1325</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="2" t="n">
-        <v>38964</v>
+        <v>39112</v>
       </c>
       <c r="B1562" t="n">
-        <v>57</v>
+        <v>64.5</v>
       </c>
       <c r="C1562" t="inlineStr">
         <is>
-          <t>252</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="2" t="n">
-        <v>38959</v>
+        <v>39108</v>
       </c>
       <c r="B1563" t="n">
-        <v>57.5</v>
+        <v>65</v>
       </c>
       <c r="C1563" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>1101</t>
         </is>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="2" t="n">
-        <v>38954</v>
+        <v>39070</v>
       </c>
       <c r="B1564" t="n">
-        <v>57.5</v>
+        <v>66</v>
       </c>
       <c r="C1564" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>2500</t>
         </is>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="2" t="n">
-        <v>38953</v>
+        <v>39069</v>
       </c>
       <c r="B1565" t="n">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C1565" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1500</t>
         </is>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="2" t="n">
-        <v>38952</v>
+        <v>39068</v>
       </c>
       <c r="B1566" t="n">
-        <v>56.25</v>
+        <v>66</v>
       </c>
       <c r="C1566" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>3500</t>
         </is>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="2" t="n">
-        <v>38950</v>
+        <v>39067</v>
       </c>
       <c r="B1567" t="n">
-        <v>57.75</v>
+        <v>66</v>
       </c>
       <c r="C1567" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="2" t="n">
-        <v>38944</v>
+        <v>39066</v>
       </c>
       <c r="B1568" t="n">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C1568" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="2" t="n">
-        <v>38936</v>
+        <v>39017</v>
       </c>
       <c r="B1569" t="n">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C1569" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>1400</t>
         </is>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="2" t="n">
-        <v>38918</v>
+        <v>39013</v>
       </c>
       <c r="B1570" t="n">
-        <v>56.5</v>
+        <v>60.5</v>
       </c>
       <c r="C1570" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="2" t="n">
-        <v>38905</v>
+        <v>39008</v>
       </c>
       <c r="B1571" t="n">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C1571" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="2" t="n">
-        <v>38904</v>
+        <v>39000</v>
       </c>
       <c r="B1572" t="n">
-        <v>54</v>
+        <v>59.75</v>
       </c>
       <c r="C1572" t="inlineStr">
         <is>
-          <t>767</t>
+          <t>317</t>
         </is>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="2" t="n">
-        <v>38903</v>
+        <v>38999</v>
       </c>
       <c r="B1573" t="n">
-        <v>52.75</v>
+        <v>59.5</v>
       </c>
       <c r="C1573" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>4900</t>
         </is>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="2" t="n">
-        <v>38902</v>
+        <v>38996</v>
       </c>
       <c r="B1574" t="n">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="C1574" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="2" t="n">
-        <v>38901</v>
+        <v>38995</v>
       </c>
       <c r="B1575" t="n">
-        <v>51.5</v>
+        <v>59</v>
       </c>
       <c r="C1575" t="inlineStr">
         <is>
-          <t>5850</t>
+          <t>4806</t>
         </is>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="2" t="n">
-        <v>38898</v>
+        <v>38993</v>
       </c>
       <c r="B1576" t="n">
-        <v>50.75</v>
+        <v>60</v>
       </c>
       <c r="C1576" t="inlineStr">
         <is>
-          <t>2700</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="2" t="n">
-        <v>38897</v>
+        <v>38992</v>
       </c>
       <c r="B1577" t="n">
-        <v>50.5</v>
+        <v>60</v>
       </c>
       <c r="C1577" t="inlineStr">
         <is>
-          <t>10900</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="2" t="n">
-        <v>38896</v>
+        <v>38988</v>
       </c>
       <c r="B1578" t="n">
-        <v>50.5</v>
+        <v>61</v>
       </c>
       <c r="C1578" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>810</t>
         </is>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="2" t="n">
-        <v>38891</v>
+        <v>38986</v>
       </c>
       <c r="B1579" t="n">
-        <v>50.5</v>
+        <v>61</v>
       </c>
       <c r="C1579" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" s="2" t="n">
-        <v>38887</v>
+        <v>38985</v>
       </c>
       <c r="B1580" t="n">
-        <v>50.5</v>
+        <v>58</v>
       </c>
       <c r="C1580" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>325</t>
         </is>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="2" t="n">
-        <v>38884</v>
+        <v>38980</v>
       </c>
       <c r="B1581" t="n">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C1581" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="2" t="n">
-        <v>38877</v>
+        <v>38979</v>
       </c>
       <c r="B1582" t="n">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C1582" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" s="2" t="n">
-        <v>38859</v>
+        <v>38975</v>
       </c>
       <c r="B1583" t="n">
-        <v>50.25</v>
+        <v>58.5</v>
       </c>
       <c r="C1583" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" s="2" t="n">
-        <v>38848</v>
+        <v>38974</v>
       </c>
       <c r="B1584" t="n">
-        <v>50.25</v>
+        <v>59</v>
       </c>
       <c r="C1584" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="2" t="n">
-        <v>38845</v>
+        <v>38968</v>
       </c>
       <c r="B1585" t="n">
-        <v>50.25</v>
+        <v>58</v>
       </c>
       <c r="C1585" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="2" t="n">
-        <v>38840</v>
+        <v>38966</v>
       </c>
       <c r="B1586" t="n">
-        <v>50.25</v>
+        <v>57.5</v>
       </c>
       <c r="C1586" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="2" t="n">
-        <v>38835</v>
+        <v>38965</v>
       </c>
       <c r="B1587" t="n">
-        <v>50.25</v>
+        <v>57.25</v>
       </c>
       <c r="C1587" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>1325</t>
         </is>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="2" t="n">
-        <v>38834</v>
+        <v>38964</v>
       </c>
       <c r="B1588" t="n">
-        <v>50.25</v>
+        <v>57</v>
       </c>
       <c r="C1588" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>252</t>
         </is>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="2" t="n">
-        <v>38833</v>
+        <v>38959</v>
       </c>
       <c r="B1589" t="n">
-        <v>50.25</v>
+        <v>57.5</v>
       </c>
       <c r="C1589" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="2" t="n">
-        <v>38832</v>
+        <v>38954</v>
       </c>
       <c r="B1590" t="n">
-        <v>50.25</v>
+        <v>57.5</v>
       </c>
       <c r="C1590" t="inlineStr">
         <is>
-          <t>11000</t>
+          <t>599</t>
         </is>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="2" t="n">
-        <v>38820</v>
+        <v>38953</v>
       </c>
       <c r="B1591" t="n">
-        <v>50.25</v>
+        <v>57</v>
       </c>
       <c r="C1591" t="inlineStr">
         <is>
-          <t>20000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="2" t="n">
-        <v>38814</v>
+        <v>38952</v>
       </c>
       <c r="B1592" t="n">
-        <v>50</v>
+        <v>56.25</v>
       </c>
       <c r="C1592" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="2" t="n">
-        <v>38812</v>
+        <v>38950</v>
       </c>
       <c r="B1593" t="n">
-        <v>50</v>
+        <v>57.75</v>
       </c>
       <c r="C1593" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="2" t="n">
-        <v>38811</v>
+        <v>38944</v>
       </c>
       <c r="B1594" t="n">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C1594" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="2" t="n">
-        <v>38800</v>
+        <v>38936</v>
       </c>
       <c r="B1595" t="n">
-        <v>49.5</v>
+        <v>56</v>
       </c>
       <c r="C1595" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="2" t="n">
-        <v>38799</v>
+        <v>38918</v>
       </c>
       <c r="B1596" t="n">
-        <v>49.5</v>
+        <v>56.5</v>
       </c>
       <c r="C1596" t="inlineStr">
         <is>
-          <t>5350</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="2" t="n">
-        <v>38798</v>
+        <v>38905</v>
       </c>
       <c r="B1597" t="n">
-        <v>49.25</v>
+        <v>55</v>
       </c>
       <c r="C1597" t="inlineStr">
         <is>
-          <t>4000</t>
+          <t>141</t>
         </is>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="2" t="n">
-        <v>38797</v>
+        <v>38904</v>
       </c>
       <c r="B1598" t="n">
-        <v>49.25</v>
+        <v>54</v>
       </c>
       <c r="C1598" t="inlineStr">
         <is>
-          <t>4000</t>
+          <t>767</t>
         </is>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="2" t="n">
-        <v>38794</v>
+        <v>38903</v>
       </c>
       <c r="B1599" t="n">
-        <v>49.5</v>
+        <v>52.75</v>
       </c>
       <c r="C1599" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="2" t="n">
-        <v>38782</v>
+        <v>38902</v>
       </c>
       <c r="B1600" t="n">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C1600" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="2" t="n">
-        <v>38778</v>
+        <v>38901</v>
       </c>
       <c r="B1601" t="n">
-        <v>48</v>
+        <v>51.5</v>
       </c>
       <c r="C1601" t="inlineStr">
         <is>
-          <t>6800</t>
+          <t>5850</t>
         </is>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="2" t="n">
-        <v>38777</v>
+        <v>38898</v>
       </c>
       <c r="B1602" t="n">
-        <v>48</v>
+        <v>50.75</v>
       </c>
       <c r="C1602" t="inlineStr">
         <is>
-          <t>6000</t>
+          <t>2700</t>
         </is>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="2" t="n">
-        <v>38775</v>
+        <v>38897</v>
       </c>
       <c r="B1603" t="n">
-        <v>47.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1603" t="inlineStr">
         <is>
-          <t>4162</t>
+          <t>10900</t>
         </is>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="2" t="n">
-        <v>38741</v>
+        <v>38896</v>
       </c>
       <c r="B1604" t="n">
-        <v>50</v>
+        <v>50.5</v>
       </c>
       <c r="C1604" t="inlineStr">
         <is>
-          <t>679</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="2" t="n">
-        <v>38737</v>
+        <v>38891</v>
       </c>
       <c r="B1605" t="n">
         <v>50.5</v>
       </c>
       <c r="C1605" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="2" t="n">
-        <v>38735</v>
+        <v>38887</v>
       </c>
       <c r="B1606" t="n">
-        <v>49.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1606" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="2" t="n">
-        <v>38733</v>
+        <v>38884</v>
       </c>
       <c r="B1607" t="n">
-        <v>49.5</v>
+        <v>50</v>
       </c>
       <c r="C1607" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="2" t="n">
-        <v>38707</v>
+        <v>38877</v>
       </c>
       <c r="B1608" t="n">
-        <v>50.5</v>
+        <v>50</v>
       </c>
       <c r="C1608" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="2" t="n">
-        <v>38687</v>
+        <v>38859</v>
       </c>
       <c r="B1609" t="n">
-        <v>50.75</v>
+        <v>50.25</v>
       </c>
       <c r="C1609" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="2" t="n">
-        <v>38657</v>
+        <v>38848</v>
       </c>
       <c r="B1610" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1610" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="2" t="n">
-        <v>38656</v>
+        <v>38845</v>
       </c>
       <c r="B1611" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1611" t="inlineStr">
         <is>
-          <t>1212</t>
+          <t>238</t>
         </is>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="2" t="n">
-        <v>38650</v>
+        <v>38840</v>
       </c>
       <c r="B1612" t="n">
         <v>50.25</v>
       </c>
       <c r="C1612" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="2" t="n">
-        <v>38642</v>
+        <v>38835</v>
       </c>
       <c r="B1613" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1613" t="inlineStr">
         <is>
-          <t>4728</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="2" t="n">
-        <v>38638</v>
+        <v>38834</v>
       </c>
       <c r="B1614" t="n">
-        <v>50</v>
+        <v>50.25</v>
       </c>
       <c r="C1614" t="inlineStr">
         <is>
-          <t>416</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="2" t="n">
-        <v>38636</v>
+        <v>38833</v>
       </c>
       <c r="B1615" t="n">
-        <v>51</v>
+        <v>50.25</v>
       </c>
       <c r="C1615" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="2" t="n">
-        <v>38635</v>
+        <v>38832</v>
       </c>
       <c r="B1616" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1616" t="inlineStr">
         <is>
-          <t>1135</t>
+          <t>11000</t>
         </is>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="2" t="n">
-        <v>38630</v>
+        <v>38820</v>
       </c>
       <c r="B1617" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1617" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>20000</t>
         </is>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="2" t="n">
-        <v>38624</v>
+        <v>38814</v>
       </c>
       <c r="B1618" t="n">
-        <v>50.5</v>
+        <v>50</v>
       </c>
       <c r="C1618" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="2" t="n">
-        <v>38621</v>
+        <v>38812</v>
       </c>
       <c r="B1619" t="n">
-        <v>50.5</v>
+        <v>50</v>
       </c>
       <c r="C1619" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="2" t="n">
-        <v>38618</v>
+        <v>38811</v>
       </c>
       <c r="B1620" t="n">
         <v>50</v>
       </c>
       <c r="C1620" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="2" t="n">
-        <v>38617</v>
+        <v>38800</v>
       </c>
       <c r="B1621" t="n">
-        <v>50</v>
+        <v>49.5</v>
       </c>
       <c r="C1621" t="inlineStr">
         <is>
-          <t>520</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="2" t="n">
-        <v>38616</v>
+        <v>38799</v>
       </c>
       <c r="B1622" t="n">
-        <v>49.75</v>
+        <v>49.5</v>
       </c>
       <c r="C1622" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>5350</t>
         </is>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="2" t="n">
-        <v>38615</v>
+        <v>38798</v>
       </c>
       <c r="B1623" t="n">
-        <v>50</v>
+        <v>49.25</v>
       </c>
       <c r="C1623" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>4000</t>
         </is>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="2" t="n">
-        <v>38610</v>
+        <v>38797</v>
       </c>
       <c r="B1624" t="n">
         <v>49.25</v>
       </c>
       <c r="C1624" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>4000</t>
         </is>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="2" t="n">
-        <v>38608</v>
+        <v>38794</v>
       </c>
       <c r="B1625" t="n">
-        <v>49</v>
+        <v>49.5</v>
       </c>
       <c r="C1625" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1626">
       <c r="A1626" s="2" t="n">
-        <v>38607</v>
+        <v>38782</v>
       </c>
       <c r="B1626" t="n">
-        <v>48.75</v>
+        <v>49</v>
       </c>
       <c r="C1626" t="inlineStr">
         <is>
-          <t>6405</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1627">
       <c r="A1627" s="2" t="n">
-        <v>38604</v>
+        <v>38778</v>
       </c>
       <c r="B1627" t="n">
-        <v>48.75</v>
+        <v>48</v>
       </c>
       <c r="C1627" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>6800</t>
         </is>
       </c>
     </row>
     <row r="1628">
       <c r="A1628" s="2" t="n">
-        <v>38602</v>
+        <v>38777</v>
       </c>
       <c r="B1628" t="n">
-        <v>48.5</v>
+        <v>48</v>
       </c>
       <c r="C1628" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>6000</t>
         </is>
       </c>
     </row>
     <row r="1629">
       <c r="A1629" s="2" t="n">
-        <v>38600</v>
+        <v>38775</v>
       </c>
       <c r="B1629" t="n">
-        <v>48.25</v>
+        <v>47.5</v>
       </c>
       <c r="C1629" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>4162</t>
         </is>
       </c>
     </row>
     <row r="1630">
       <c r="A1630" s="2" t="n">
-        <v>38597</v>
+        <v>38741</v>
       </c>
       <c r="B1630" t="n">
-        <v>48.25</v>
+        <v>50</v>
       </c>
       <c r="C1630" t="inlineStr">
         <is>
-          <t>1271</t>
+          <t>679</t>
         </is>
       </c>
     </row>
     <row r="1631">
       <c r="A1631" s="2" t="n">
-        <v>38593</v>
+        <v>38737</v>
       </c>
       <c r="B1631" t="n">
-        <v>48</v>
+        <v>50.5</v>
       </c>
       <c r="C1631" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1632">
       <c r="A1632" s="2" t="n">
-        <v>38592</v>
+        <v>38735</v>
       </c>
       <c r="B1632" t="n">
-        <v>48</v>
+        <v>49.5</v>
       </c>
       <c r="C1632" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="2" t="n">
-        <v>38587</v>
+        <v>38733</v>
       </c>
       <c r="B1633" t="n">
-        <v>47</v>
+        <v>49.5</v>
       </c>
       <c r="C1633" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="2" t="n">
-        <v>38586</v>
+        <v>38707</v>
       </c>
       <c r="B1634" t="n">
-        <v>46.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1634" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="2" t="n">
-        <v>38583</v>
+        <v>38687</v>
       </c>
       <c r="B1635" t="n">
-        <v>47.5</v>
+        <v>50.75</v>
       </c>
       <c r="C1635" t="inlineStr">
         <is>
-          <t>4000</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="2" t="n">
-        <v>38581</v>
+        <v>38657</v>
       </c>
       <c r="B1636" t="n">
-        <v>46.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1636" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="2" t="n">
-        <v>38580</v>
+        <v>38656</v>
       </c>
       <c r="B1637" t="n">
-        <v>47</v>
+        <v>50.5</v>
       </c>
       <c r="C1637" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1212</t>
         </is>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="2" t="n">
-        <v>38576</v>
+        <v>38650</v>
       </c>
       <c r="B1638" t="n">
-        <v>46.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1638" t="inlineStr">
         <is>
-          <t>6000</t>
+          <t>102</t>
         </is>
       </c>
     </row>
     <row r="1639">
       <c r="A1639" s="2" t="n">
-        <v>38574</v>
+        <v>38642</v>
       </c>
       <c r="B1639" t="n">
-        <v>46</v>
+        <v>50.5</v>
       </c>
       <c r="C1639" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>4728</t>
         </is>
       </c>
     </row>
     <row r="1640">
       <c r="A1640" s="2" t="n">
-        <v>38560</v>
+        <v>38638</v>
       </c>
       <c r="B1640" t="n">
-        <v>45.5</v>
+        <v>50</v>
       </c>
       <c r="C1640" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>416</t>
         </is>
       </c>
     </row>
     <row r="1641">
       <c r="A1641" s="2" t="n">
-        <v>38559</v>
+        <v>38636</v>
       </c>
       <c r="B1641" t="n">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C1641" t="inlineStr">
         <is>
-          <t>575</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1642">
       <c r="A1642" s="2" t="n">
-        <v>38555</v>
+        <v>38635</v>
       </c>
       <c r="B1642" t="n">
-        <v>45.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1642" t="inlineStr">
         <is>
-          <t>14645</t>
+          <t>1135</t>
         </is>
       </c>
     </row>
     <row r="1643">
       <c r="A1643" s="2" t="n">
-        <v>38553</v>
+        <v>38630</v>
       </c>
       <c r="B1643" t="n">
-        <v>44.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1643" t="inlineStr">
         <is>
-          <t>15000</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1644">
       <c r="A1644" s="2" t="n">
-        <v>38551</v>
+        <v>38624</v>
       </c>
       <c r="B1644" t="n">
-        <v>44.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1644" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1645">
       <c r="A1645" s="2" t="n">
-        <v>38548</v>
+        <v>38621</v>
       </c>
       <c r="B1645" t="n">
-        <v>45.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1645" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1646">
       <c r="A1646" s="2" t="n">
-        <v>38544</v>
+        <v>38618</v>
       </c>
       <c r="B1646" t="n">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C1646" t="inlineStr">
         <is>
-          <t>4775</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1647">
       <c r="A1647" s="2" t="n">
-        <v>38524</v>
+        <v>38617</v>
       </c>
       <c r="B1647" t="n">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C1647" t="inlineStr">
         <is>
-          <t>264</t>
+          <t>520</t>
         </is>
       </c>
     </row>
     <row r="1648">
       <c r="A1648" s="2" t="n">
-        <v>38523</v>
+        <v>38616</v>
       </c>
       <c r="B1648" t="n">
-        <v>43</v>
+        <v>49.75</v>
       </c>
       <c r="C1648" t="inlineStr">
         <is>
-          <t>259</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1649">
       <c r="A1649" s="2" t="n">
-        <v>38491</v>
+        <v>38615</v>
       </c>
       <c r="B1649" t="n">
-        <v>45.5</v>
+        <v>50</v>
       </c>
       <c r="C1649" t="inlineStr">
         <is>
-          <t>1100</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1650">
       <c r="A1650" s="2" t="n">
-        <v>38489</v>
+        <v>38610</v>
       </c>
       <c r="B1650" t="n">
-        <v>45.5</v>
+        <v>49.25</v>
       </c>
       <c r="C1650" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1651">
       <c r="A1651" s="2" t="n">
-        <v>38475</v>
+        <v>38608</v>
       </c>
       <c r="B1651" t="n">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C1651" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1652">
       <c r="A1652" s="2" t="n">
-        <v>38474</v>
+        <v>38607</v>
       </c>
       <c r="B1652" t="n">
-        <v>44.5</v>
+        <v>48.75</v>
       </c>
       <c r="C1652" t="inlineStr">
         <is>
-          <t>4632</t>
+          <t>6405</t>
         </is>
       </c>
     </row>
     <row r="1653">
       <c r="A1653" s="2" t="n">
-        <v>38462</v>
+        <v>38604</v>
       </c>
       <c r="B1653" t="n">
-        <v>44.5</v>
+        <v>48.75</v>
       </c>
       <c r="C1653" t="inlineStr">
         <is>
-          <t>1325</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1654">
       <c r="A1654" s="2" t="n">
-        <v>38456</v>
+        <v>38602</v>
       </c>
       <c r="B1654" t="n">
-        <v>45.5</v>
+        <v>48.5</v>
       </c>
       <c r="C1654" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>1200</t>
         </is>
       </c>
     </row>
     <row r="1655">
       <c r="A1655" s="2" t="n">
-        <v>38455</v>
+        <v>38600</v>
       </c>
       <c r="B1655" t="n">
-        <v>44.5</v>
+        <v>48.25</v>
       </c>
       <c r="C1655" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1656">
       <c r="A1656" s="2" t="n">
-        <v>38453</v>
+        <v>38597</v>
       </c>
       <c r="B1656" t="n">
-        <v>46</v>
+        <v>48.25</v>
       </c>
       <c r="C1656" t="inlineStr">
         <is>
-          <t>608</t>
+          <t>1271</t>
         </is>
       </c>
     </row>
     <row r="1657">
       <c r="A1657" s="2" t="n">
-        <v>38447</v>
+        <v>38593</v>
       </c>
       <c r="B1657" t="n">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C1657" t="inlineStr">
         <is>
-          <t>1481</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1658">
       <c r="A1658" s="2" t="n">
-        <v>38432</v>
+        <v>38592</v>
       </c>
       <c r="B1658" t="n">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C1658" t="inlineStr">
         <is>
-          <t>1054</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1659">
       <c r="A1659" s="2" t="n">
-        <v>38428</v>
+        <v>38587</v>
       </c>
       <c r="B1659" t="n">
-        <v>45.5</v>
+        <v>47</v>
       </c>
       <c r="C1659" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1660">
       <c r="A1660" s="2" t="n">
-        <v>38421</v>
+        <v>38586</v>
       </c>
       <c r="B1660" t="n">
-        <v>45.5</v>
+        <v>46.5</v>
       </c>
       <c r="C1660" t="inlineStr">
         <is>
-          <t>1865</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1661">
       <c r="A1661" s="2" t="n">
-        <v>38419</v>
+        <v>38583</v>
       </c>
       <c r="B1661" t="n">
-        <v>45.5</v>
+        <v>47.5</v>
       </c>
       <c r="C1661" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>4000</t>
         </is>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="2" t="n">
-        <v>38413</v>
+        <v>38581</v>
       </c>
       <c r="B1662" t="n">
-        <v>46</v>
+        <v>46.5</v>
       </c>
       <c r="C1662" t="inlineStr">
         <is>
-          <t>216</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="2" t="n">
-        <v>38412</v>
+        <v>38580</v>
       </c>
       <c r="B1663" t="n">
         <v>47</v>
       </c>
       <c r="C1663" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="2" t="n">
-        <v>38399</v>
+        <v>38576</v>
       </c>
       <c r="B1664" t="n">
-        <v>48.5</v>
+        <v>46.5</v>
       </c>
       <c r="C1664" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>6000</t>
         </is>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="2" t="n">
-        <v>38397</v>
+        <v>38574</v>
       </c>
       <c r="B1665" t="n">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C1665" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="2" t="n">
-        <v>38394</v>
+        <v>38560</v>
       </c>
       <c r="B1666" t="n">
-        <v>51</v>
+        <v>45.5</v>
       </c>
       <c r="C1666" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="2" t="n">
-        <v>38393</v>
+        <v>38559</v>
       </c>
       <c r="B1667" t="n">
-        <v>52.5</v>
+        <v>45</v>
       </c>
       <c r="C1667" t="inlineStr">
         <is>
-          <t>1299</t>
+          <t>575</t>
         </is>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="2" t="n">
+        <v>38555</v>
+      </c>
+      <c r="B1668" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1668" t="inlineStr">
+        <is>
+          <t>14645</t>
+        </is>
+      </c>
+    </row>
+    <row r="1669">
+      <c r="A1669" s="2" t="n">
+        <v>38553</v>
+      </c>
+      <c r="B1669" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1669" t="inlineStr">
+        <is>
+          <t>15000</t>
+        </is>
+      </c>
+    </row>
+    <row r="1670">
+      <c r="A1670" s="2" t="n">
+        <v>38551</v>
+      </c>
+      <c r="B1670" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1670" t="inlineStr">
+        <is>
+          <t>500</t>
+        </is>
+      </c>
+    </row>
+    <row r="1671">
+      <c r="A1671" s="2" t="n">
+        <v>38548</v>
+      </c>
+      <c r="B1671" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1671" t="inlineStr">
+        <is>
+          <t>700</t>
+        </is>
+      </c>
+    </row>
+    <row r="1672">
+      <c r="A1672" s="2" t="n">
+        <v>38544</v>
+      </c>
+      <c r="B1672" t="n">
+        <v>44</v>
+      </c>
+      <c r="C1672" t="inlineStr">
+        <is>
+          <t>4775</t>
+        </is>
+      </c>
+    </row>
+    <row r="1673">
+      <c r="A1673" s="2" t="n">
+        <v>38524</v>
+      </c>
+      <c r="B1673" t="n">
+        <v>43</v>
+      </c>
+      <c r="C1673" t="inlineStr">
+        <is>
+          <t>264</t>
+        </is>
+      </c>
+    </row>
+    <row r="1674">
+      <c r="A1674" s="2" t="n">
+        <v>38523</v>
+      </c>
+      <c r="B1674" t="n">
+        <v>43</v>
+      </c>
+      <c r="C1674" t="inlineStr">
+        <is>
+          <t>259</t>
+        </is>
+      </c>
+    </row>
+    <row r="1675">
+      <c r="A1675" s="2" t="n">
+        <v>38491</v>
+      </c>
+      <c r="B1675" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1675" t="inlineStr">
+        <is>
+          <t>1100</t>
+        </is>
+      </c>
+    </row>
+    <row r="1676">
+      <c r="A1676" s="2" t="n">
+        <v>38489</v>
+      </c>
+      <c r="B1676" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1676" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+    </row>
+    <row r="1677">
+      <c r="A1677" s="2" t="n">
+        <v>38475</v>
+      </c>
+      <c r="B1677" t="n">
+        <v>45</v>
+      </c>
+      <c r="C1677" t="inlineStr">
+        <is>
+          <t>1000</t>
+        </is>
+      </c>
+    </row>
+    <row r="1678">
+      <c r="A1678" s="2" t="n">
+        <v>38474</v>
+      </c>
+      <c r="B1678" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1678" t="inlineStr">
+        <is>
+          <t>4632</t>
+        </is>
+      </c>
+    </row>
+    <row r="1679">
+      <c r="A1679" s="2" t="n">
+        <v>38462</v>
+      </c>
+      <c r="B1679" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1679" t="inlineStr">
+        <is>
+          <t>1325</t>
+        </is>
+      </c>
+    </row>
+    <row r="1680">
+      <c r="A1680" s="2" t="n">
+        <v>38456</v>
+      </c>
+      <c r="B1680" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1680" t="inlineStr">
+        <is>
+          <t>1000</t>
+        </is>
+      </c>
+    </row>
+    <row r="1681">
+      <c r="A1681" s="2" t="n">
+        <v>38455</v>
+      </c>
+      <c r="B1681" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1681" t="inlineStr">
+        <is>
+          <t>346</t>
+        </is>
+      </c>
+    </row>
+    <row r="1682">
+      <c r="A1682" s="2" t="n">
+        <v>38453</v>
+      </c>
+      <c r="B1682" t="n">
+        <v>46</v>
+      </c>
+      <c r="C1682" t="inlineStr">
+        <is>
+          <t>608</t>
+        </is>
+      </c>
+    </row>
+    <row r="1683">
+      <c r="A1683" s="2" t="n">
+        <v>38447</v>
+      </c>
+      <c r="B1683" t="n">
+        <v>45</v>
+      </c>
+      <c r="C1683" t="inlineStr">
+        <is>
+          <t>1481</t>
+        </is>
+      </c>
+    </row>
+    <row r="1684">
+      <c r="A1684" s="2" t="n">
+        <v>38432</v>
+      </c>
+      <c r="B1684" t="n">
+        <v>45</v>
+      </c>
+      <c r="C1684" t="inlineStr">
+        <is>
+          <t>1054</t>
+        </is>
+      </c>
+    </row>
+    <row r="1685">
+      <c r="A1685" s="2" t="n">
+        <v>38428</v>
+      </c>
+      <c r="B1685" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1685" t="inlineStr">
+        <is>
+          <t>354</t>
+        </is>
+      </c>
+    </row>
+    <row r="1686">
+      <c r="A1686" s="2" t="n">
+        <v>38421</v>
+      </c>
+      <c r="B1686" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1686" t="inlineStr">
+        <is>
+          <t>1865</t>
+        </is>
+      </c>
+    </row>
+    <row r="1687">
+      <c r="A1687" s="2" t="n">
+        <v>38419</v>
+      </c>
+      <c r="B1687" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1687" t="inlineStr">
+        <is>
+          <t>433</t>
+        </is>
+      </c>
+    </row>
+    <row r="1688">
+      <c r="A1688" s="2" t="n">
+        <v>38413</v>
+      </c>
+      <c r="B1688" t="n">
+        <v>46</v>
+      </c>
+      <c r="C1688" t="inlineStr">
+        <is>
+          <t>216</t>
+        </is>
+      </c>
+    </row>
+    <row r="1689">
+      <c r="A1689" s="2" t="n">
+        <v>38412</v>
+      </c>
+      <c r="B1689" t="n">
+        <v>47</v>
+      </c>
+      <c r="C1689" t="inlineStr">
+        <is>
+          <t>500</t>
+        </is>
+      </c>
+    </row>
+    <row r="1690">
+      <c r="A1690" s="2" t="n">
+        <v>38399</v>
+      </c>
+      <c r="B1690" t="n">
+        <v>48.5</v>
+      </c>
+      <c r="C1690" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+    </row>
+    <row r="1691">
+      <c r="A1691" s="2" t="n">
+        <v>38397</v>
+      </c>
+      <c r="B1691" t="n">
+        <v>50</v>
+      </c>
+      <c r="C1691" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+    </row>
+    <row r="1692">
+      <c r="A1692" s="2" t="n">
+        <v>38394</v>
+      </c>
+      <c r="B1692" t="n">
+        <v>51</v>
+      </c>
+      <c r="C1692" t="inlineStr">
+        <is>
+          <t>325</t>
+        </is>
+      </c>
+    </row>
+    <row r="1693">
+      <c r="A1693" s="2" t="n">
+        <v>38393</v>
+      </c>
+      <c r="B1693" t="n">
+        <v>52.5</v>
+      </c>
+      <c r="C1693" t="inlineStr">
+        <is>
+          <t>1299</t>
+        </is>
+      </c>
+    </row>
+    <row r="1694">
+      <c r="A1694" s="2" t="n">
         <v>38392</v>
       </c>
-      <c r="B1668" t="n">
+      <c r="B1694" t="n">
         <v>52.5</v>
       </c>
-      <c r="C1668" t="inlineStr">
+      <c r="C1694" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>