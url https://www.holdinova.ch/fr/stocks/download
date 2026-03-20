--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -417,22084 +417,22318 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C1694"/>
+  <dimension ref="A1:C1712"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="10" customWidth="1" min="1" max="1"/>
     <col width="5" customWidth="1" min="2" max="2"/>
     <col width="6" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>CHF</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Volume</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46051</v>
+        <v>46099</v>
       </c>
       <c r="B2" t="n">
-        <v>142.5</v>
+        <v>145</v>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46042</v>
+        <v>46098</v>
       </c>
       <c r="B3" t="n">
-        <v>143.5</v>
+        <v>143</v>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>38</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46037</v>
+        <v>46097</v>
       </c>
       <c r="B4" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46036</v>
+        <v>46084</v>
       </c>
       <c r="B5" t="n">
         <v>145</v>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46030</v>
+        <v>46080</v>
       </c>
       <c r="B6" t="n">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>930</t>
+          <t>666</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46027</v>
+        <v>46078</v>
       </c>
       <c r="B7" t="n">
-        <v>144</v>
+        <v>144.5</v>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>155</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="B8" t="n">
-        <v>145</v>
+        <v>144.5</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>1600</t>
+          <t>68</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46020</v>
+        <v>46071</v>
       </c>
       <c r="B9" t="n">
         <v>144</v>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>464</t>
+          <t>188</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46014</v>
+        <v>46070</v>
       </c>
       <c r="B10" t="n">
-        <v>143.5</v>
+        <v>142.6</v>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>1510</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46013</v>
+        <v>46066</v>
       </c>
       <c r="B11" t="n">
         <v>144</v>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>52</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46010</v>
+        <v>46065</v>
       </c>
       <c r="B12" t="n">
-        <v>148.5</v>
+        <v>143</v>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>11</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46009</v>
+        <v>46064</v>
       </c>
       <c r="B13" t="n">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>49</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46008</v>
+        <v>46059</v>
       </c>
       <c r="B14" t="n">
         <v>143</v>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>347</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46007</v>
+        <v>46058</v>
       </c>
       <c r="B15" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>176</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46002</v>
+        <v>46057</v>
       </c>
       <c r="B16" t="n">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46000</v>
+        <v>46056</v>
       </c>
       <c r="B17" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45994</v>
+        <v>46055</v>
       </c>
       <c r="B18" t="n">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>126</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45992</v>
+        <v>46051</v>
       </c>
       <c r="B19" t="n">
-        <v>146</v>
+        <v>142.5</v>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>308</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45989</v>
+        <v>46042</v>
       </c>
       <c r="B20" t="n">
-        <v>144.2</v>
+        <v>143.5</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>402</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45986</v>
+        <v>46037</v>
       </c>
       <c r="B21" t="n">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45980</v>
+        <v>46036</v>
       </c>
       <c r="B22" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45979</v>
+        <v>46030</v>
       </c>
       <c r="B23" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>930</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45972</v>
+        <v>46027</v>
       </c>
       <c r="B24" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45971</v>
+        <v>46021</v>
       </c>
       <c r="B25" t="n">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1600</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45966</v>
+        <v>46020</v>
       </c>
       <c r="B26" t="n">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>590</t>
+          <t>464</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45965</v>
+        <v>46014</v>
       </c>
       <c r="B27" t="n">
-        <v>149</v>
+        <v>143.5</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1510</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45960</v>
+        <v>46013</v>
       </c>
       <c r="B28" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45958</v>
+        <v>46010</v>
       </c>
       <c r="B29" t="n">
-        <v>150</v>
+        <v>148.5</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45957</v>
+        <v>46009</v>
       </c>
       <c r="B30" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45954</v>
+        <v>46008</v>
       </c>
       <c r="B31" t="n">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45953</v>
+        <v>46007</v>
       </c>
       <c r="B32" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45952</v>
+        <v>46002</v>
       </c>
       <c r="B33" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45951</v>
+        <v>46000</v>
       </c>
       <c r="B34" t="n">
-        <v>148.2</v>
+        <v>145</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45932</v>
+        <v>45994</v>
       </c>
       <c r="B35" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45930</v>
+        <v>45992</v>
       </c>
       <c r="B36" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45929</v>
+        <v>45989</v>
       </c>
       <c r="B37" t="n">
-        <v>147</v>
+        <v>144.2</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>1713</t>
+          <t>402</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45926</v>
+        <v>45986</v>
       </c>
       <c r="B38" t="n">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>45917</v>
+        <v>45980</v>
       </c>
       <c r="B39" t="n">
-        <v>154.5</v>
+        <v>147</v>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>45916</v>
+        <v>45979</v>
       </c>
       <c r="B40" t="n">
-        <v>154.5</v>
+        <v>148</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>45915</v>
+        <v>45972</v>
       </c>
       <c r="B41" t="n">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
-        <v>45912</v>
+        <v>45971</v>
       </c>
       <c r="B42" t="n">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
-        <v>45910</v>
+        <v>45966</v>
       </c>
       <c r="B43" t="n">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>590</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>45909</v>
+        <v>45965</v>
       </c>
       <c r="B44" t="n">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
-        <v>45908</v>
+        <v>45960</v>
       </c>
       <c r="B45" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>483</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
-        <v>45905</v>
+        <v>45958</v>
       </c>
       <c r="B46" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>73</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
-        <v>45903</v>
+        <v>45957</v>
       </c>
       <c r="B47" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
-        <v>45902</v>
+        <v>45954</v>
       </c>
       <c r="B48" t="n">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
-        <v>45901</v>
+        <v>45953</v>
       </c>
       <c r="B49" t="n">
-        <v>152.5</v>
+        <v>150</v>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
-        <v>45898</v>
+        <v>45952</v>
       </c>
       <c r="B50" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
-        <v>45896</v>
+        <v>45951</v>
       </c>
       <c r="B51" t="n">
-        <v>151</v>
+        <v>148.2</v>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>1779</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
-        <v>45895</v>
+        <v>45932</v>
       </c>
       <c r="B52" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
-        <v>45894</v>
+        <v>45930</v>
       </c>
       <c r="B53" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
-        <v>45891</v>
+        <v>45929</v>
       </c>
       <c r="B54" t="n">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>1713</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>45887</v>
+        <v>45926</v>
       </c>
       <c r="B55" t="n">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
-        <v>45886</v>
+        <v>45917</v>
       </c>
       <c r="B56" t="n">
         <v>154.5</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
-        <v>45884</v>
+        <v>45916</v>
       </c>
       <c r="B57" t="n">
-        <v>154</v>
+        <v>154.5</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
-        <v>45883</v>
+        <v>45915</v>
       </c>
       <c r="B58" t="n">
         <v>154</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
-        <v>45882</v>
+        <v>45912</v>
       </c>
       <c r="B59" t="n">
         <v>153</v>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>705</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
-        <v>45881</v>
+        <v>45910</v>
       </c>
       <c r="B60" t="n">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>357</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
-        <v>45877</v>
+        <v>45909</v>
       </c>
       <c r="B61" t="n">
-        <v>152.5</v>
+        <v>151</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
-        <v>45876</v>
+        <v>45908</v>
       </c>
       <c r="B62" t="n">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>483</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
-        <v>45875</v>
+        <v>45905</v>
       </c>
       <c r="B63" t="n">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
-        <v>45874</v>
+        <v>45903</v>
       </c>
       <c r="B64" t="n">
-        <v>152.5</v>
+        <v>153</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
-        <v>45869</v>
+        <v>45902</v>
       </c>
       <c r="B65" t="n">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
-        <v>45868</v>
+        <v>45901</v>
       </c>
       <c r="B66" t="n">
-        <v>150</v>
+        <v>152.5</v>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>1300</t>
+          <t>37</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
-        <v>45867</v>
+        <v>45898</v>
       </c>
       <c r="B67" t="n">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>88</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
-        <v>45866</v>
+        <v>45896</v>
       </c>
       <c r="B68" t="n">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>1779</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
-        <v>45863</v>
+        <v>45895</v>
       </c>
       <c r="B69" t="n">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>1999</t>
+          <t>377</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
-        <v>45862</v>
+        <v>45894</v>
       </c>
       <c r="B70" t="n">
-        <v>148.5</v>
+        <v>153</v>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2495</t>
+          <t>222</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
-        <v>45861</v>
+        <v>45891</v>
       </c>
       <c r="B71" t="n">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2395</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
-        <v>45860</v>
+        <v>45887</v>
       </c>
       <c r="B72" t="n">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>1590</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
-        <v>45856</v>
+        <v>45886</v>
       </c>
       <c r="B73" t="n">
-        <v>140</v>
+        <v>154.5</v>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
-        <v>45841</v>
+        <v>45884</v>
       </c>
       <c r="B74" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
-        <v>45840</v>
+        <v>45883</v>
       </c>
       <c r="B75" t="n">
-        <v>142.9</v>
+        <v>154</v>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
-        <v>45839</v>
+        <v>45882</v>
       </c>
       <c r="B76" t="n">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
-        <v>45838</v>
+        <v>45881</v>
       </c>
       <c r="B77" t="n">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
-        <v>45833</v>
+        <v>45877</v>
       </c>
       <c r="B78" t="n">
-        <v>140</v>
+        <v>152.5</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
-        <v>45832</v>
+        <v>45876</v>
       </c>
       <c r="B79" t="n">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
-        <v>45826</v>
+        <v>45875</v>
       </c>
       <c r="B80" t="n">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
-        <v>45819</v>
+        <v>45874</v>
       </c>
       <c r="B81" t="n">
-        <v>140</v>
+        <v>152.5</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>725</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
-        <v>45818</v>
+        <v>45869</v>
       </c>
       <c r="B82" t="n">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>475</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
-        <v>45813</v>
+        <v>45868</v>
       </c>
       <c r="B83" t="n">
-        <v>141.4</v>
+        <v>150</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>1300</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
-        <v>45812</v>
+        <v>45867</v>
       </c>
       <c r="B84" t="n">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>1051</t>
+          <t>275</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
-        <v>45805</v>
+        <v>45866</v>
       </c>
       <c r="B85" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>969</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
-        <v>45798</v>
+        <v>45863</v>
       </c>
       <c r="B86" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>1999</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
-        <v>45793</v>
+        <v>45862</v>
       </c>
       <c r="B87" t="n">
-        <v>140</v>
+        <v>148.5</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>2495</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
-        <v>45789</v>
+        <v>45861</v>
       </c>
       <c r="B88" t="n">
-        <v>142.9</v>
+        <v>149</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>529</t>
+          <t>2395</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
-        <v>45786</v>
+        <v>45860</v>
       </c>
       <c r="B89" t="n">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1590</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
-        <v>45785</v>
+        <v>45856</v>
       </c>
       <c r="B90" t="n">
         <v>140</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>52</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>45777</v>
+        <v>45841</v>
       </c>
       <c r="B91" t="n">
         <v>140</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>1400</t>
+          <t>4</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
-        <v>45775</v>
+        <v>45840</v>
       </c>
       <c r="B92" t="n">
-        <v>139</v>
+        <v>142.9</v>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
-        <v>45772</v>
+        <v>45839</v>
       </c>
       <c r="B93" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
-        <v>45770</v>
+        <v>45838</v>
       </c>
       <c r="B94" t="n">
-        <v>142.4</v>
+        <v>140</v>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>520</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
-        <v>45764</v>
+        <v>45833</v>
       </c>
       <c r="B95" t="n">
         <v>140</v>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
-        <v>45754</v>
+        <v>45832</v>
       </c>
       <c r="B96" t="n">
-        <v>141.9</v>
+        <v>140</v>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>625</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
-        <v>45751</v>
+        <v>45826</v>
       </c>
       <c r="B97" t="n">
-        <v>141.5</v>
+        <v>140</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
-        <v>45750</v>
+        <v>45819</v>
       </c>
       <c r="B98" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>725</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
-        <v>45742</v>
+        <v>45818</v>
       </c>
       <c r="B99" t="n">
-        <v>141.5</v>
+        <v>140</v>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="n">
-        <v>45741</v>
+        <v>45813</v>
       </c>
       <c r="B100" t="n">
-        <v>139</v>
+        <v>141.4</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="n">
-        <v>45740</v>
+        <v>45812</v>
       </c>
       <c r="B101" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>1051</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
-        <v>45734</v>
+        <v>45805</v>
       </c>
       <c r="B102" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
-        <v>45733</v>
+        <v>45798</v>
       </c>
       <c r="B103" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>1263</t>
+          <t>22</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
-        <v>45730</v>
+        <v>45793</v>
       </c>
       <c r="B104" t="n">
         <v>140</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
-        <v>45729</v>
+        <v>45789</v>
       </c>
       <c r="B105" t="n">
-        <v>140</v>
+        <v>142.9</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>529</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
-        <v>45726</v>
+        <v>45786</v>
       </c>
       <c r="B106" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
-        <v>45723</v>
+        <v>45785</v>
       </c>
       <c r="B107" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>431</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
-        <v>45722</v>
+        <v>45777</v>
       </c>
       <c r="B108" t="n">
         <v>140</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>1400</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="n">
-        <v>45720</v>
+        <v>45775</v>
       </c>
       <c r="B109" t="n">
-        <v>138.5</v>
+        <v>139</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
-        <v>45708</v>
+        <v>45772</v>
       </c>
       <c r="B110" t="n">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
-        <v>45706</v>
+        <v>45770</v>
       </c>
       <c r="B111" t="n">
-        <v>138</v>
+        <v>142.4</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>520</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
-        <v>45702</v>
+        <v>45764</v>
       </c>
       <c r="B112" t="n">
         <v>140</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>1150</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
-        <v>45699</v>
+        <v>45754</v>
       </c>
       <c r="B113" t="n">
-        <v>140</v>
+        <v>141.9</v>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>625</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
-        <v>45698</v>
+        <v>45751</v>
       </c>
       <c r="B114" t="n">
-        <v>138</v>
+        <v>141.5</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
-        <v>45685</v>
+        <v>45750</v>
       </c>
       <c r="B115" t="n">
-        <v>142.8</v>
+        <v>139</v>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>1540</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
-        <v>45684</v>
+        <v>45742</v>
       </c>
       <c r="B116" t="n">
-        <v>137</v>
+        <v>141.5</v>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>3515</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
-        <v>45680</v>
+        <v>45741</v>
       </c>
       <c r="B117" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
-        <v>45679</v>
+        <v>45740</v>
       </c>
       <c r="B118" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
-        <v>45678</v>
+        <v>45734</v>
       </c>
       <c r="B119" t="n">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
-        <v>45663</v>
+        <v>45733</v>
       </c>
       <c r="B120" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1263</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
-        <v>45660</v>
+        <v>45730</v>
       </c>
       <c r="B121" t="n">
         <v>140</v>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
-        <v>45656</v>
+        <v>45729</v>
       </c>
       <c r="B122" t="n">
-        <v>141.7</v>
+        <v>140</v>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
-        <v>45653</v>
+        <v>45726</v>
       </c>
       <c r="B123" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
-        <v>45646</v>
+        <v>45723</v>
       </c>
       <c r="B124" t="n">
-        <v>142.5</v>
+        <v>138</v>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>135</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
-        <v>45645</v>
+        <v>45722</v>
       </c>
       <c r="B125" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
-        <v>45644</v>
+        <v>45720</v>
       </c>
       <c r="B126" t="n">
-        <v>140</v>
+        <v>138.5</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
-        <v>45643</v>
+        <v>45714</v>
       </c>
       <c r="B127" t="n">
-        <v>140</v>
+        <v>144.5</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>563</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
-        <v>45639</v>
+        <v>45708</v>
       </c>
       <c r="B128" t="n">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
-        <v>45637</v>
+        <v>45706</v>
       </c>
       <c r="B129" t="n">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
-        <v>45636</v>
+        <v>45702</v>
       </c>
       <c r="B130" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>545</t>
+          <t>1150</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="n">
-        <v>45632</v>
+        <v>45699</v>
       </c>
       <c r="B131" t="n">
         <v>140</v>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="n">
-        <v>45623</v>
+        <v>45698</v>
       </c>
       <c r="B132" t="n">
-        <v>142.5</v>
+        <v>138</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="n">
-        <v>45622</v>
+        <v>45685</v>
       </c>
       <c r="B133" t="n">
-        <v>139</v>
+        <v>142.8</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>1540</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="n">
-        <v>45621</v>
+        <v>45684</v>
       </c>
       <c r="B134" t="n">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>3515</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="n">
-        <v>45618</v>
+        <v>45680</v>
       </c>
       <c r="B135" t="n">
         <v>138</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>480</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
-        <v>45616</v>
+        <v>45679</v>
       </c>
       <c r="B136" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="n">
-        <v>45615</v>
+        <v>45678</v>
       </c>
       <c r="B137" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>660</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="n">
-        <v>45614</v>
+        <v>45663</v>
       </c>
       <c r="B138" t="n">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="n">
-        <v>45610</v>
+        <v>45660</v>
       </c>
       <c r="B139" t="n">
-        <v>142.5</v>
+        <v>140</v>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>82</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="n">
-        <v>45609</v>
+        <v>45656</v>
       </c>
       <c r="B140" t="n">
-        <v>138</v>
+        <v>141.7</v>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="n">
-        <v>45601</v>
+        <v>45653</v>
       </c>
       <c r="B141" t="n">
         <v>140</v>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="n">
-        <v>45581</v>
+        <v>45646</v>
       </c>
       <c r="B142" t="n">
         <v>142.5</v>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>560</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>45580</v>
+        <v>45645</v>
       </c>
       <c r="B143" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="n">
-        <v>45572</v>
+        <v>45644</v>
       </c>
       <c r="B144" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="n">
-        <v>45569</v>
+        <v>45643</v>
       </c>
       <c r="B145" t="n">
         <v>140</v>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="n">
-        <v>45567</v>
+        <v>45639</v>
       </c>
       <c r="B146" t="n">
-        <v>141.7</v>
+        <v>138</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>514</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="n">
-        <v>45566</v>
+        <v>45637</v>
       </c>
       <c r="B147" t="n">
         <v>141</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="n">
-        <v>45565</v>
+        <v>45636</v>
       </c>
       <c r="B148" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>545</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="n">
-        <v>45559</v>
+        <v>45632</v>
       </c>
       <c r="B149" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="n">
-        <v>45558</v>
+        <v>45623</v>
       </c>
       <c r="B150" t="n">
-        <v>140</v>
+        <v>142.5</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="n">
-        <v>45541</v>
+        <v>45622</v>
       </c>
       <c r="B151" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="n">
-        <v>45540</v>
+        <v>45621</v>
       </c>
       <c r="B152" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="n">
-        <v>45538</v>
+        <v>45618</v>
       </c>
       <c r="B153" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="n">
-        <v>45533</v>
+        <v>45616</v>
       </c>
       <c r="B154" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="n">
-        <v>45532</v>
+        <v>45615</v>
       </c>
       <c r="B155" t="n">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>146</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="n">
-        <v>45526</v>
+        <v>45614</v>
       </c>
       <c r="B156" t="n">
-        <v>144.5</v>
+        <v>139</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="n">
-        <v>45524</v>
+        <v>45610</v>
       </c>
       <c r="B157" t="n">
-        <v>143.5</v>
+        <v>142.5</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="n">
-        <v>45520</v>
+        <v>45609</v>
       </c>
       <c r="B158" t="n">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="n">
-        <v>45517</v>
+        <v>45601</v>
       </c>
       <c r="B159" t="n">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="n">
-        <v>45516</v>
+        <v>45581</v>
       </c>
       <c r="B160" t="n">
-        <v>143</v>
+        <v>142.5</v>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>560</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="n">
-        <v>45512</v>
+        <v>45580</v>
       </c>
       <c r="B161" t="n">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>73</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="n">
-        <v>45499</v>
+        <v>45572</v>
       </c>
       <c r="B162" t="n">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>157</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="n">
-        <v>45498</v>
+        <v>45569</v>
       </c>
       <c r="B163" t="n">
-        <v>143.5</v>
+        <v>140</v>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>123</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="n">
-        <v>45483</v>
+        <v>45567</v>
       </c>
       <c r="B164" t="n">
-        <v>143</v>
+        <v>141.7</v>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>514</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="n">
-        <v>45482</v>
+        <v>45566</v>
       </c>
       <c r="B165" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="n">
-        <v>45481</v>
+        <v>45565</v>
       </c>
       <c r="B166" t="n">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="n">
-        <v>45476</v>
+        <v>45559</v>
       </c>
       <c r="B167" t="n">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="n">
-        <v>45475</v>
+        <v>45558</v>
       </c>
       <c r="B168" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="n">
-        <v>45471</v>
+        <v>45541</v>
       </c>
       <c r="B169" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="n">
-        <v>45469</v>
+        <v>45540</v>
       </c>
       <c r="B170" t="n">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="n">
-        <v>45468</v>
+        <v>45538</v>
       </c>
       <c r="B171" t="n">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>719</t>
+          <t>13</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="n">
-        <v>45462</v>
+        <v>45533</v>
       </c>
       <c r="B172" t="n">
-        <v>142.7</v>
+        <v>143</v>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="n">
-        <v>45460</v>
+        <v>45532</v>
       </c>
       <c r="B173" t="n">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="n">
-        <v>45457</v>
+        <v>45526</v>
       </c>
       <c r="B174" t="n">
-        <v>139</v>
+        <v>144.5</v>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>188</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="n">
-        <v>45456</v>
+        <v>45524</v>
       </c>
       <c r="B175" t="n">
-        <v>139</v>
+        <v>143.5</v>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>756</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="n">
-        <v>45454</v>
+        <v>45520</v>
       </c>
       <c r="B176" t="n">
-        <v>142.8</v>
+        <v>143</v>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="n">
-        <v>45449</v>
+        <v>45517</v>
       </c>
       <c r="B177" t="n">
-        <v>142.7</v>
+        <v>143</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="n">
-        <v>45447</v>
+        <v>45516</v>
       </c>
       <c r="B178" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="n">
-        <v>45440</v>
+        <v>45512</v>
       </c>
       <c r="B179" t="n">
         <v>143</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>239</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="n">
-        <v>45439</v>
+        <v>45499</v>
       </c>
       <c r="B180" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>149</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="n">
-        <v>45435</v>
+        <v>45498</v>
       </c>
       <c r="B181" t="n">
-        <v>143</v>
+        <v>143.5</v>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="n">
-        <v>45433</v>
+        <v>45483</v>
       </c>
       <c r="B182" t="n">
-        <v>143.5</v>
+        <v>143</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="n">
-        <v>45429</v>
+        <v>45482</v>
       </c>
       <c r="B183" t="n">
-        <v>141.5</v>
+        <v>140</v>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="n">
-        <v>45428</v>
+        <v>45481</v>
       </c>
       <c r="B184" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="n">
-        <v>45427</v>
+        <v>45476</v>
       </c>
       <c r="B185" t="n">
-        <v>143.5</v>
+        <v>145</v>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="n">
-        <v>45426</v>
+        <v>45475</v>
       </c>
       <c r="B186" t="n">
-        <v>143.5</v>
+        <v>139</v>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="n">
-        <v>45420</v>
+        <v>45471</v>
       </c>
       <c r="B187" t="n">
-        <v>143.5</v>
+        <v>145</v>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>781</t>
+          <t>290</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="n">
-        <v>45419</v>
+        <v>45469</v>
       </c>
       <c r="B188" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>1371</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="n">
-        <v>45418</v>
+        <v>45468</v>
       </c>
       <c r="B189" t="n">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>719</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="n">
-        <v>45414</v>
+        <v>45462</v>
       </c>
       <c r="B190" t="n">
-        <v>144.5</v>
+        <v>142.7</v>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>1016</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="n">
-        <v>45412</v>
+        <v>45460</v>
       </c>
       <c r="B191" t="n">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="n">
-        <v>45411</v>
+        <v>45457</v>
       </c>
       <c r="B192" t="n">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>92</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="n">
-        <v>45400</v>
+        <v>45456</v>
       </c>
       <c r="B193" t="n">
-        <v>144.5</v>
+        <v>139</v>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>756</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="n">
-        <v>45392</v>
+        <v>45454</v>
       </c>
       <c r="B194" t="n">
-        <v>144.5</v>
+        <v>142.8</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="n">
-        <v>45391</v>
+        <v>45449</v>
       </c>
       <c r="B195" t="n">
-        <v>139</v>
+        <v>142.7</v>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="n">
-        <v>45379</v>
+        <v>45447</v>
       </c>
       <c r="B196" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="n">
-        <v>45378</v>
+        <v>45440</v>
       </c>
       <c r="B197" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="n">
-        <v>45377</v>
+        <v>45439</v>
       </c>
       <c r="B198" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="n">
-        <v>45370</v>
+        <v>45435</v>
       </c>
       <c r="B199" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>34</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="n">
-        <v>45369</v>
+        <v>45433</v>
       </c>
       <c r="B200" t="n">
-        <v>142</v>
+        <v>143.5</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>261</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="n">
-        <v>45364</v>
+        <v>45429</v>
       </c>
       <c r="B201" t="n">
-        <v>145</v>
+        <v>141.5</v>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="n">
-        <v>45359</v>
+        <v>45428</v>
       </c>
       <c r="B202" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="n">
-        <v>45358</v>
+        <v>45427</v>
       </c>
       <c r="B203" t="n">
-        <v>145</v>
+        <v>143.5</v>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="n">
-        <v>45356</v>
+        <v>45426</v>
       </c>
       <c r="B204" t="n">
-        <v>144</v>
+        <v>143.5</v>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="n">
-        <v>45351</v>
+        <v>45420</v>
       </c>
       <c r="B205" t="n">
-        <v>145</v>
+        <v>143.5</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>781</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="n">
-        <v>45350</v>
+        <v>45419</v>
       </c>
       <c r="B206" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>1371</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="n">
-        <v>45349</v>
+        <v>45418</v>
       </c>
       <c r="B207" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="n">
-        <v>45348</v>
+        <v>45414</v>
       </c>
       <c r="B208" t="n">
-        <v>144</v>
+        <v>144.5</v>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1016</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="n">
-        <v>45345</v>
+        <v>45412</v>
       </c>
       <c r="B209" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>1545</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="n">
-        <v>45343</v>
+        <v>45411</v>
       </c>
       <c r="B210" t="n">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="n">
-        <v>45342</v>
+        <v>45400</v>
       </c>
       <c r="B211" t="n">
-        <v>143</v>
+        <v>144.5</v>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="n">
-        <v>45341</v>
+        <v>45392</v>
       </c>
       <c r="B212" t="n">
-        <v>144</v>
+        <v>144.5</v>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>336</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="n">
-        <v>45338</v>
+        <v>45391</v>
       </c>
       <c r="B213" t="n">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="n">
-        <v>45337</v>
+        <v>45379</v>
       </c>
       <c r="B214" t="n">
         <v>145</v>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="n">
-        <v>45335</v>
+        <v>45378</v>
       </c>
       <c r="B215" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="n">
-        <v>45328</v>
+        <v>45377</v>
       </c>
       <c r="B216" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="n">
-        <v>45327</v>
+        <v>45370</v>
       </c>
       <c r="B217" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="n">
-        <v>45324</v>
+        <v>45369</v>
       </c>
       <c r="B218" t="n">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>261</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="n">
-        <v>45323</v>
+        <v>45364</v>
       </c>
       <c r="B219" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="n">
-        <v>45322</v>
+        <v>45359</v>
       </c>
       <c r="B220" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>433</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="n">
-        <v>45321</v>
+        <v>45358</v>
       </c>
       <c r="B221" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>206</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="n">
-        <v>45320</v>
+        <v>45356</v>
       </c>
       <c r="B222" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>18</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="n">
-        <v>45317</v>
+        <v>45351</v>
       </c>
       <c r="B223" t="n">
         <v>145</v>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>191</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="n">
-        <v>45314</v>
+        <v>45350</v>
       </c>
       <c r="B224" t="n">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>117</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="n">
-        <v>45313</v>
+        <v>45349</v>
       </c>
       <c r="B225" t="n">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="n">
-        <v>45310</v>
+        <v>45348</v>
       </c>
       <c r="B226" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="n">
-        <v>45307</v>
+        <v>45345</v>
       </c>
       <c r="B227" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>1545</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="n">
-        <v>45306</v>
+        <v>45343</v>
       </c>
       <c r="B228" t="n">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="n">
-        <v>45302</v>
+        <v>45342</v>
       </c>
       <c r="B229" t="n">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>145</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="n">
-        <v>45301</v>
+        <v>45341</v>
       </c>
       <c r="B230" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>336</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="n">
-        <v>45295</v>
+        <v>45338</v>
       </c>
       <c r="B231" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="n">
-        <v>45289</v>
+        <v>45337</v>
       </c>
       <c r="B232" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>380</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="n">
-        <v>45288</v>
+        <v>45335</v>
       </c>
       <c r="B233" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>620</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="n">
-        <v>45279</v>
+        <v>45328</v>
       </c>
       <c r="B234" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="n">
-        <v>45274</v>
+        <v>45327</v>
       </c>
       <c r="B235" t="n">
         <v>148</v>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>785</t>
+          <t>69</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="n">
-        <v>45271</v>
+        <v>45324</v>
       </c>
       <c r="B236" t="n">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="n">
-        <v>45267</v>
+        <v>45323</v>
       </c>
       <c r="B237" t="n">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="n">
-        <v>45264</v>
+        <v>45322</v>
       </c>
       <c r="B238" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>621</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="n">
-        <v>45260</v>
+        <v>45321</v>
       </c>
       <c r="B239" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>594</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="n">
-        <v>45258</v>
+        <v>45320</v>
       </c>
       <c r="B240" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="n">
-        <v>45253</v>
+        <v>45317</v>
       </c>
       <c r="B241" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="n">
-        <v>45247</v>
+        <v>45314</v>
       </c>
       <c r="B242" t="n">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>480</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="n">
-        <v>45246</v>
+        <v>45313</v>
       </c>
       <c r="B243" t="n">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="n">
-        <v>45244</v>
+        <v>45310</v>
       </c>
       <c r="B244" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>607</t>
+          <t>425</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="n">
-        <v>45230</v>
+        <v>45307</v>
       </c>
       <c r="B245" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="n">
-        <v>45226</v>
+        <v>45306</v>
       </c>
       <c r="B246" t="n">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="n">
-        <v>45225</v>
+        <v>45302</v>
       </c>
       <c r="B247" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="n">
-        <v>45222</v>
+        <v>45301</v>
       </c>
       <c r="B248" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="n">
-        <v>45215</v>
+        <v>45295</v>
       </c>
       <c r="B249" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>265</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="n">
-        <v>45211</v>
+        <v>45289</v>
       </c>
       <c r="B250" t="n">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="n">
-        <v>45208</v>
+        <v>45288</v>
       </c>
       <c r="B251" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="n">
-        <v>45202</v>
+        <v>45279</v>
       </c>
       <c r="B252" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="n">
-        <v>45198</v>
+        <v>45274</v>
       </c>
       <c r="B253" t="n">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>785</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="n">
-        <v>45197</v>
+        <v>45271</v>
       </c>
       <c r="B254" t="n">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="n">
-        <v>45195</v>
+        <v>45267</v>
       </c>
       <c r="B255" t="n">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>136</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="n">
-        <v>45191</v>
+        <v>45264</v>
       </c>
       <c r="B256" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>621</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="n">
-        <v>45190</v>
+        <v>45260</v>
       </c>
       <c r="B257" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>421</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="n">
-        <v>45189</v>
+        <v>45258</v>
       </c>
       <c r="B258" t="n">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>1550</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="n">
-        <v>45188</v>
+        <v>45253</v>
       </c>
       <c r="B259" t="n">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>2635</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
-        <v>45187</v>
+        <v>45247</v>
       </c>
       <c r="B260" t="n">
         <v>148</v>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>1070</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="2" t="n">
-        <v>45181</v>
+        <v>45246</v>
       </c>
       <c r="B261" t="n">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>875</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="n">
-        <v>45180</v>
+        <v>45244</v>
       </c>
       <c r="B262" t="n">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>1354</t>
+          <t>607</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="2" t="n">
-        <v>45176</v>
+        <v>45230</v>
       </c>
       <c r="B263" t="n">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>590</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="2" t="n">
-        <v>45174</v>
+        <v>45226</v>
       </c>
       <c r="B264" t="n">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>13</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="2" t="n">
-        <v>45173</v>
+        <v>45225</v>
       </c>
       <c r="B265" t="n">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="2" t="n">
-        <v>45169</v>
+        <v>45222</v>
       </c>
       <c r="B266" t="n">
         <v>150</v>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="2" t="n">
-        <v>45152</v>
+        <v>45215</v>
       </c>
       <c r="B267" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>1250</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="2" t="n">
-        <v>45148</v>
+        <v>45211</v>
       </c>
       <c r="B268" t="n">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>205</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="2" t="n">
-        <v>45147</v>
+        <v>45208</v>
       </c>
       <c r="B269" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="2" t="n">
-        <v>45141</v>
+        <v>45202</v>
       </c>
       <c r="B270" t="n">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>690</t>
+          <t>495</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="2" t="n">
-        <v>45140</v>
+        <v>45198</v>
       </c>
       <c r="B271" t="n">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>570</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="2" t="n">
-        <v>45138</v>
+        <v>45197</v>
       </c>
       <c r="B272" t="n">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="2" t="n">
-        <v>45135</v>
+        <v>45195</v>
       </c>
       <c r="B273" t="n">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="2" t="n">
-        <v>45134</v>
+        <v>45191</v>
       </c>
       <c r="B274" t="n">
         <v>152</v>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>1252</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="2" t="n">
-        <v>45133</v>
+        <v>45190</v>
       </c>
       <c r="B275" t="n">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>421</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="2" t="n">
-        <v>45132</v>
+        <v>45189</v>
       </c>
       <c r="B276" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1550</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="2" t="n">
-        <v>45131</v>
+        <v>45188</v>
       </c>
       <c r="B277" t="n">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>2635</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="2" t="n">
-        <v>45128</v>
+        <v>45187</v>
       </c>
       <c r="B278" t="n">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>1070</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="2" t="n">
-        <v>45127</v>
+        <v>45181</v>
       </c>
       <c r="B279" t="n">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>875</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="2" t="n">
-        <v>45126</v>
+        <v>45180</v>
       </c>
       <c r="B280" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>720</t>
+          <t>1354</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="2" t="n">
-        <v>45125</v>
+        <v>45176</v>
       </c>
       <c r="B281" t="n">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>5250</t>
+          <t>590</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="2" t="n">
-        <v>45124</v>
+        <v>45174</v>
       </c>
       <c r="B282" t="n">
         <v>148</v>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="2" t="n">
-        <v>45120</v>
+        <v>45173</v>
       </c>
       <c r="B283" t="n">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>311</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="2" t="n">
-        <v>45119</v>
+        <v>45169</v>
       </c>
       <c r="B284" t="n">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="2" t="n">
-        <v>45118</v>
+        <v>45152</v>
       </c>
       <c r="B285" t="n">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>1250</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="2" t="n">
-        <v>45112</v>
+        <v>45148</v>
       </c>
       <c r="B286" t="n">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="2" t="n">
-        <v>45107</v>
+        <v>45147</v>
       </c>
       <c r="B287" t="n">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="2" t="n">
-        <v>45097</v>
+        <v>45141</v>
       </c>
       <c r="B288" t="n">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>690</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="2" t="n">
-        <v>45096</v>
+        <v>45140</v>
       </c>
       <c r="B289" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>570</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="2" t="n">
-        <v>45093</v>
+        <v>45138</v>
       </c>
       <c r="B290" t="n">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="2" t="n">
-        <v>45085</v>
+        <v>45135</v>
       </c>
       <c r="B291" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>2050</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="2" t="n">
-        <v>45084</v>
+        <v>45134</v>
       </c>
       <c r="B292" t="n">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>1252</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="2" t="n">
-        <v>45083</v>
+        <v>45133</v>
       </c>
       <c r="B293" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="2" t="n">
-        <v>45079</v>
+        <v>45132</v>
       </c>
       <c r="B294" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="2" t="n">
-        <v>45065</v>
+        <v>45131</v>
       </c>
       <c r="B295" t="n">
         <v>146</v>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="2" t="n">
-        <v>45061</v>
+        <v>45128</v>
       </c>
       <c r="B296" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>705</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="2" t="n">
-        <v>45054</v>
+        <v>45127</v>
       </c>
       <c r="B297" t="n">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="2" t="n">
-        <v>45049</v>
+        <v>45126</v>
       </c>
       <c r="B298" t="n">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>720</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="2" t="n">
-        <v>45048</v>
+        <v>45125</v>
       </c>
       <c r="B299" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>5250</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="2" t="n">
-        <v>45044</v>
+        <v>45124</v>
       </c>
       <c r="B300" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="2" t="n">
-        <v>45043</v>
+        <v>45120</v>
       </c>
       <c r="B301" t="n">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>311</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="2" t="n">
-        <v>45041</v>
+        <v>45119</v>
       </c>
       <c r="B302" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>147</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="2" t="n">
-        <v>45029</v>
+        <v>45118</v>
       </c>
       <c r="B303" t="n">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="2" t="n">
-        <v>45020</v>
+        <v>45112</v>
       </c>
       <c r="B304" t="n">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="2" t="n">
-        <v>45015</v>
+        <v>45107</v>
       </c>
       <c r="B305" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="2" t="n">
-        <v>45014</v>
+        <v>45097</v>
       </c>
       <c r="B306" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="2" t="n">
-        <v>45006</v>
+        <v>45096</v>
       </c>
       <c r="B307" t="n">
         <v>147</v>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="2" t="n">
-        <v>44994</v>
+        <v>45093</v>
       </c>
       <c r="B308" t="n">
         <v>149</v>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="2" t="n">
-        <v>44992</v>
+        <v>45085</v>
       </c>
       <c r="B309" t="n">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>2050</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="2" t="n">
-        <v>44987</v>
+        <v>45084</v>
       </c>
       <c r="B310" t="n">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="2" t="n">
-        <v>44986</v>
+        <v>45083</v>
       </c>
       <c r="B311" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="2" t="n">
-        <v>44974</v>
+        <v>45079</v>
       </c>
       <c r="B312" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="2" t="n">
-        <v>44971</v>
+        <v>45065</v>
       </c>
       <c r="B313" t="n">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="2" t="n">
-        <v>44965</v>
+        <v>45061</v>
       </c>
       <c r="B314" t="n">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="2" t="n">
-        <v>44964</v>
+        <v>45054</v>
       </c>
       <c r="B315" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="2" t="n">
-        <v>44963</v>
+        <v>45049</v>
       </c>
       <c r="B316" t="n">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="2" t="n">
-        <v>44960</v>
+        <v>45048</v>
       </c>
       <c r="B317" t="n">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="2" t="n">
-        <v>44959</v>
+        <v>45044</v>
       </c>
       <c r="B318" t="n">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>734</t>
+          <t>34</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="2" t="n">
-        <v>44958</v>
+        <v>45043</v>
       </c>
       <c r="B319" t="n">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>1171</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="2" t="n">
-        <v>44956</v>
+        <v>45041</v>
       </c>
       <c r="B320" t="n">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="2" t="n">
-        <v>44953</v>
+        <v>45029</v>
       </c>
       <c r="B321" t="n">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="2" t="n">
-        <v>44950</v>
+        <v>45020</v>
       </c>
       <c r="B322" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="2" t="n">
-        <v>44949</v>
+        <v>45015</v>
       </c>
       <c r="B323" t="n">
         <v>150</v>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="2" t="n">
-        <v>44946</v>
+        <v>45014</v>
       </c>
       <c r="B324" t="n">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="2" t="n">
-        <v>44944</v>
+        <v>45006</v>
       </c>
       <c r="B325" t="n">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="2" t="n">
-        <v>44939</v>
+        <v>44994</v>
       </c>
       <c r="B326" t="n">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="2" t="n">
-        <v>44929</v>
+        <v>44992</v>
       </c>
       <c r="B327" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>376</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="2" t="n">
-        <v>44925</v>
+        <v>44987</v>
       </c>
       <c r="B328" t="n">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="2" t="n">
-        <v>44924</v>
+        <v>44986</v>
       </c>
       <c r="B329" t="n">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>345</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="2" t="n">
-        <v>44916</v>
+        <v>44974</v>
       </c>
       <c r="B330" t="n">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="2" t="n">
-        <v>44910</v>
+        <v>44971</v>
       </c>
       <c r="B331" t="n">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="2" t="n">
-        <v>44909</v>
+        <v>44965</v>
       </c>
       <c r="B332" t="n">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="2" t="n">
-        <v>44901</v>
+        <v>44964</v>
       </c>
       <c r="B333" t="n">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="2" t="n">
-        <v>44897</v>
+        <v>44963</v>
       </c>
       <c r="B334" t="n">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="2" t="n">
-        <v>44895</v>
+        <v>44960</v>
       </c>
       <c r="B335" t="n">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="2" t="n">
-        <v>44887</v>
+        <v>44959</v>
       </c>
       <c r="B336" t="n">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>734</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="2" t="n">
-        <v>44883</v>
+        <v>44958</v>
       </c>
       <c r="B337" t="n">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>1171</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="2" t="n">
-        <v>44882</v>
+        <v>44956</v>
       </c>
       <c r="B338" t="n">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="2" t="n">
-        <v>44880</v>
+        <v>44953</v>
       </c>
       <c r="B339" t="n">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="2" t="n">
-        <v>44869</v>
+        <v>44950</v>
       </c>
       <c r="B340" t="n">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>605</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="2" t="n">
-        <v>44868</v>
+        <v>44949</v>
       </c>
       <c r="B341" t="n">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="2" t="n">
-        <v>44865</v>
+        <v>44946</v>
       </c>
       <c r="B342" t="n">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="2" t="n">
-        <v>44861</v>
+        <v>44944</v>
       </c>
       <c r="B343" t="n">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C343" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="2" t="n">
-        <v>44860</v>
+        <v>44939</v>
       </c>
       <c r="B344" t="n">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="2" t="n">
-        <v>44855</v>
+        <v>44929</v>
       </c>
       <c r="B345" t="n">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="2" t="n">
-        <v>44852</v>
+        <v>44925</v>
       </c>
       <c r="B346" t="n">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="2" t="n">
-        <v>44841</v>
+        <v>44924</v>
       </c>
       <c r="B347" t="n">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>345</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="2" t="n">
-        <v>44840</v>
+        <v>44916</v>
       </c>
       <c r="B348" t="n">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="2" t="n">
-        <v>44839</v>
+        <v>44910</v>
       </c>
       <c r="B349" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="2" t="n">
-        <v>44838</v>
+        <v>44909</v>
       </c>
       <c r="B350" t="n">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="2" t="n">
-        <v>44837</v>
+        <v>44901</v>
       </c>
       <c r="B351" t="n">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="2" t="n">
-        <v>44834</v>
+        <v>44897</v>
       </c>
       <c r="B352" t="n">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>134</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="2" t="n">
-        <v>44833</v>
+        <v>44895</v>
       </c>
       <c r="B353" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="2" t="n">
-        <v>44830</v>
+        <v>44887</v>
       </c>
       <c r="B354" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="2" t="n">
-        <v>44827</v>
+        <v>44883</v>
       </c>
       <c r="B355" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="2" t="n">
-        <v>44825</v>
+        <v>44882</v>
       </c>
       <c r="B356" t="n">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="2" t="n">
-        <v>44823</v>
+        <v>44880</v>
       </c>
       <c r="B357" t="n">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="2" t="n">
-        <v>44819</v>
+        <v>44869</v>
       </c>
       <c r="B358" t="n">
         <v>146</v>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>668</t>
+          <t>605</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="2" t="n">
-        <v>44818</v>
+        <v>44868</v>
       </c>
       <c r="B359" t="n">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="2" t="n">
-        <v>44817</v>
+        <v>44865</v>
       </c>
       <c r="B360" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="2" t="n">
-        <v>44816</v>
+        <v>44861</v>
       </c>
       <c r="B361" t="n">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="2" t="n">
-        <v>44813</v>
+        <v>44860</v>
       </c>
       <c r="B362" t="n">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="2" t="n">
-        <v>44809</v>
+        <v>44855</v>
       </c>
       <c r="B363" t="n">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="2" t="n">
-        <v>44806</v>
+        <v>44852</v>
       </c>
       <c r="B364" t="n">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>169</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="2" t="n">
-        <v>44804</v>
+        <v>44841</v>
       </c>
       <c r="B365" t="n">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="2" t="n">
-        <v>44799</v>
+        <v>44840</v>
       </c>
       <c r="B366" t="n">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="2" t="n">
-        <v>44796</v>
+        <v>44839</v>
       </c>
       <c r="B367" t="n">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="2" t="n">
-        <v>44795</v>
+        <v>44838</v>
       </c>
       <c r="B368" t="n">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="2" t="n">
-        <v>44792</v>
+        <v>44837</v>
       </c>
       <c r="B369" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>16</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="2" t="n">
-        <v>44791</v>
+        <v>44834</v>
       </c>
       <c r="B370" t="n">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>1452</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="2" t="n">
-        <v>44788</v>
+        <v>44833</v>
       </c>
       <c r="B371" t="n">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="2" t="n">
-        <v>44785</v>
+        <v>44830</v>
       </c>
       <c r="B372" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="2" t="n">
-        <v>44784</v>
+        <v>44827</v>
       </c>
       <c r="B373" t="n">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="2" t="n">
-        <v>44782</v>
+        <v>44825</v>
       </c>
       <c r="B374" t="n">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="2" t="n">
-        <v>44776</v>
+        <v>44823</v>
       </c>
       <c r="B375" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="2" t="n">
-        <v>44775</v>
+        <v>44819</v>
       </c>
       <c r="B376" t="n">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>668</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="2" t="n">
-        <v>44771</v>
+        <v>44818</v>
       </c>
       <c r="B377" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>2015</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="2" t="n">
-        <v>44767</v>
+        <v>44817</v>
       </c>
       <c r="B378" t="n">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="2" t="n">
-        <v>44763</v>
+        <v>44816</v>
       </c>
       <c r="B379" t="n">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="2" t="n">
-        <v>44757</v>
+        <v>44813</v>
       </c>
       <c r="B380" t="n">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="2" t="n">
-        <v>44754</v>
+        <v>44809</v>
       </c>
       <c r="B381" t="n">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>680</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="2" t="n">
-        <v>44753</v>
+        <v>44806</v>
       </c>
       <c r="B382" t="n">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>2930</t>
+          <t>169</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="2" t="n">
-        <v>44749</v>
+        <v>44804</v>
       </c>
       <c r="B383" t="n">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="2" t="n">
-        <v>44742</v>
+        <v>44799</v>
       </c>
       <c r="B384" t="n">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>91</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="2" t="n">
-        <v>44740</v>
+        <v>44796</v>
       </c>
       <c r="B385" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="2" t="n">
-        <v>44739</v>
+        <v>44795</v>
       </c>
       <c r="B386" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="2" t="n">
-        <v>44733</v>
+        <v>44792</v>
       </c>
       <c r="B387" t="n">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="2" t="n">
-        <v>44729</v>
+        <v>44791</v>
       </c>
       <c r="B388" t="n">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>805</t>
+          <t>1452</t>
         </is>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="2" t="n">
-        <v>44722</v>
+        <v>44788</v>
       </c>
       <c r="B389" t="n">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>222</t>
         </is>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="2" t="n">
-        <v>44721</v>
+        <v>44785</v>
       </c>
       <c r="B390" t="n">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>281</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="2" t="n">
-        <v>44719</v>
+        <v>44784</v>
       </c>
       <c r="B391" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="2" t="n">
-        <v>44715</v>
+        <v>44782</v>
       </c>
       <c r="B392" t="n">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>1450</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="2" t="n">
-        <v>44714</v>
+        <v>44776</v>
       </c>
       <c r="B393" t="n">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="2" t="n">
-        <v>44713</v>
+        <v>44775</v>
       </c>
       <c r="B394" t="n">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>71</t>
+          <t>630</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="2" t="n">
-        <v>44712</v>
+        <v>44771</v>
       </c>
       <c r="B395" t="n">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>1178</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="2" t="n">
-        <v>44711</v>
+        <v>44767</v>
       </c>
       <c r="B396" t="n">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="2" t="n">
-        <v>44708</v>
+        <v>44763</v>
       </c>
       <c r="B397" t="n">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="2" t="n">
-        <v>44704</v>
+        <v>44757</v>
       </c>
       <c r="B398" t="n">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="2" t="n">
-        <v>44698</v>
+        <v>44754</v>
       </c>
       <c r="B399" t="n">
-        <v>156</v>
+        <v>138</v>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>680</t>
         </is>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="2" t="n">
-        <v>44697</v>
+        <v>44753</v>
       </c>
       <c r="B400" t="n">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>2930</t>
         </is>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="2" t="n">
-        <v>44694</v>
+        <v>44749</v>
       </c>
       <c r="B401" t="n">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="2" t="n">
-        <v>44692</v>
+        <v>44742</v>
       </c>
       <c r="B402" t="n">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="2" t="n">
-        <v>44687</v>
+        <v>44740</v>
       </c>
       <c r="B403" t="n">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>85</t>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="2" t="n">
-        <v>44683</v>
+        <v>44739</v>
       </c>
       <c r="B404" t="n">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>660</t>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="2" t="n">
-        <v>44678</v>
+        <v>44733</v>
       </c>
       <c r="B405" t="n">
-        <v>169</v>
+        <v>145</v>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>748</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="2" t="n">
-        <v>44673</v>
+        <v>44729</v>
       </c>
       <c r="B406" t="n">
-        <v>169</v>
+        <v>145</v>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>805</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="2" t="n">
-        <v>44672</v>
+        <v>44722</v>
       </c>
       <c r="B407" t="n">
-        <v>169</v>
+        <v>146</v>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="2" t="n">
-        <v>44659</v>
+        <v>44721</v>
       </c>
       <c r="B408" t="n">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="2" t="n">
-        <v>44658</v>
+        <v>44719</v>
       </c>
       <c r="B409" t="n">
-        <v>175</v>
+        <v>147</v>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="2" t="n">
-        <v>44656</v>
+        <v>44715</v>
       </c>
       <c r="B410" t="n">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>1450</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="2" t="n">
-        <v>44645</v>
+        <v>44714</v>
       </c>
       <c r="B411" t="n">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="2" t="n">
-        <v>44642</v>
+        <v>44713</v>
       </c>
       <c r="B412" t="n">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>415</t>
+          <t>71</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="2" t="n">
-        <v>44641</v>
+        <v>44712</v>
       </c>
       <c r="B413" t="n">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1178</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="2" t="n">
-        <v>44637</v>
+        <v>44711</v>
       </c>
       <c r="B414" t="n">
-        <v>172</v>
+        <v>153</v>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>685</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="2" t="n">
-        <v>44636</v>
+        <v>44708</v>
       </c>
       <c r="B415" t="n">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="2" t="n">
-        <v>44631</v>
+        <v>44704</v>
       </c>
       <c r="B416" t="n">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="2" t="n">
-        <v>44630</v>
+        <v>44698</v>
       </c>
       <c r="B417" t="n">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>85</t>
         </is>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="2" t="n">
-        <v>44629</v>
+        <v>44697</v>
       </c>
       <c r="B418" t="n">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="2" t="n">
-        <v>44627</v>
+        <v>44694</v>
       </c>
       <c r="B419" t="n">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C419" t="inlineStr">
         <is>
           <t>340</t>
         </is>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="2" t="n">
-        <v>44624</v>
+        <v>44692</v>
       </c>
       <c r="B420" t="n">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>238</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="2" t="n">
-        <v>44622</v>
+        <v>44687</v>
       </c>
       <c r="B421" t="n">
-        <v>182</v>
+        <v>163</v>
       </c>
       <c r="C421" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="2" t="n">
-        <v>44621</v>
+        <v>44683</v>
       </c>
       <c r="B422" t="n">
-        <v>185</v>
+        <v>163</v>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>117</t>
         </is>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="2" t="n">
-        <v>44616</v>
+        <v>44678</v>
       </c>
       <c r="B423" t="n">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>748</t>
         </is>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="2" t="n">
-        <v>44610</v>
+        <v>44673</v>
       </c>
       <c r="B424" t="n">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="2" t="n">
-        <v>44609</v>
+        <v>44672</v>
       </c>
       <c r="B425" t="n">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="2" t="n">
-        <v>44608</v>
+        <v>44659</v>
       </c>
       <c r="B426" t="n">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>950</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="2" t="n">
-        <v>44603</v>
+        <v>44658</v>
       </c>
       <c r="B427" t="n">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>2390</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="2" t="n">
-        <v>44601</v>
+        <v>44656</v>
       </c>
       <c r="B428" t="n">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>94</t>
         </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="2" t="n">
-        <v>44600</v>
+        <v>44645</v>
       </c>
       <c r="B429" t="n">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="2" t="n">
-        <v>44599</v>
+        <v>44642</v>
       </c>
       <c r="B430" t="n">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>415</t>
         </is>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="2" t="n">
-        <v>44596</v>
+        <v>44641</v>
       </c>
       <c r="B431" t="n">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="2" t="n">
-        <v>44594</v>
+        <v>44637</v>
       </c>
       <c r="B432" t="n">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="2" t="n">
-        <v>44593</v>
+        <v>44636</v>
       </c>
       <c r="B433" t="n">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="2" t="n">
-        <v>44592</v>
+        <v>44631</v>
       </c>
       <c r="B434" t="n">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="2" t="n">
-        <v>44585</v>
+        <v>44630</v>
       </c>
       <c r="B435" t="n">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C435" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="2" t="n">
-        <v>44582</v>
+        <v>44629</v>
       </c>
       <c r="B436" t="n">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="2" t="n">
-        <v>44580</v>
+        <v>44627</v>
       </c>
       <c r="B437" t="n">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="2" t="n">
-        <v>44579</v>
+        <v>44624</v>
       </c>
       <c r="B438" t="n">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C438" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="2" t="n">
-        <v>44578</v>
+        <v>44622</v>
       </c>
       <c r="B439" t="n">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="2" t="n">
-        <v>44572</v>
+        <v>44621</v>
       </c>
       <c r="B440" t="n">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>255</t>
         </is>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="2" t="n">
-        <v>44571</v>
+        <v>44616</v>
       </c>
       <c r="B441" t="n">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="2" t="n">
-        <v>44567</v>
+        <v>44610</v>
       </c>
       <c r="B442" t="n">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="2" t="n">
-        <v>44566</v>
+        <v>44609</v>
       </c>
       <c r="B443" t="n">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="2" t="n">
-        <v>44565</v>
+        <v>44608</v>
       </c>
       <c r="B444" t="n">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>950</t>
         </is>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="2" t="n">
-        <v>44564</v>
+        <v>44603</v>
       </c>
       <c r="B445" t="n">
-        <v>181.5</v>
+        <v>178</v>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>2390</t>
         </is>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="2" t="n">
-        <v>44557</v>
+        <v>44601</v>
       </c>
       <c r="B446" t="n">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>191</t>
         </is>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="2" t="n">
-        <v>44553</v>
+        <v>44600</v>
       </c>
       <c r="B447" t="n">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="2" t="n">
-        <v>44551</v>
+        <v>44599</v>
       </c>
       <c r="B448" t="n">
-        <v>187.3</v>
+        <v>179</v>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>15000</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="2" t="n">
-        <v>44550</v>
+        <v>44596</v>
       </c>
       <c r="B449" t="n">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>15050</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="2" t="n">
-        <v>44546</v>
+        <v>44594</v>
       </c>
       <c r="B450" t="n">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="2" t="n">
-        <v>44545</v>
+        <v>44593</v>
       </c>
       <c r="B451" t="n">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="2" t="n">
-        <v>44543</v>
+        <v>44592</v>
       </c>
       <c r="B452" t="n">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="2" t="n">
-        <v>44540</v>
+        <v>44585</v>
       </c>
       <c r="B453" t="n">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="2" t="n">
-        <v>44530</v>
+        <v>44582</v>
       </c>
       <c r="B454" t="n">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>312</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="2" t="n">
-        <v>44525</v>
+        <v>44580</v>
       </c>
       <c r="B455" t="n">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>1394</t>
+          <t>135</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="2" t="n">
-        <v>44524</v>
+        <v>44579</v>
       </c>
       <c r="B456" t="n">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="2" t="n">
-        <v>44512</v>
+        <v>44578</v>
       </c>
       <c r="B457" t="n">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="2" t="n">
-        <v>44510</v>
+        <v>44572</v>
       </c>
       <c r="B458" t="n">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>490</t>
         </is>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="2" t="n">
-        <v>44508</v>
+        <v>44571</v>
       </c>
       <c r="B459" t="n">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="2" t="n">
-        <v>44505</v>
+        <v>44567</v>
       </c>
       <c r="B460" t="n">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="2" t="n">
-        <v>44503</v>
+        <v>44566</v>
       </c>
       <c r="B461" t="n">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>215</t>
         </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="2" t="n">
-        <v>44497</v>
+        <v>44565</v>
       </c>
       <c r="B462" t="n">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="2" t="n">
-        <v>44495</v>
+        <v>44564</v>
       </c>
       <c r="B463" t="n">
-        <v>187</v>
+        <v>181.5</v>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>225</t>
         </is>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="2" t="n">
-        <v>44488</v>
+        <v>44557</v>
       </c>
       <c r="B464" t="n">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="2" t="n">
-        <v>44487</v>
+        <v>44553</v>
       </c>
       <c r="B465" t="n">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>574</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="2" t="n">
-        <v>44484</v>
+        <v>44551</v>
       </c>
       <c r="B466" t="n">
-        <v>186.5</v>
+        <v>187.3</v>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>15000</t>
         </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="2" t="n">
-        <v>44483</v>
+        <v>44550</v>
       </c>
       <c r="B467" t="n">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>15050</t>
         </is>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="2" t="n">
-        <v>44482</v>
+        <v>44546</v>
       </c>
       <c r="B468" t="n">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="2" t="n">
-        <v>44481</v>
+        <v>44545</v>
       </c>
       <c r="B469" t="n">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C469" t="inlineStr">
         <is>
           <t>170</t>
         </is>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="2" t="n">
-        <v>44475</v>
+        <v>44543</v>
       </c>
       <c r="B470" t="n">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="2" t="n">
-        <v>44468</v>
+        <v>44540</v>
       </c>
       <c r="B471" t="n">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>163</t>
         </is>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="2" t="n">
-        <v>44466</v>
+        <v>44530</v>
       </c>
       <c r="B472" t="n">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>128</t>
         </is>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="2" t="n">
-        <v>44462</v>
+        <v>44525</v>
       </c>
       <c r="B473" t="n">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>1394</t>
         </is>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="2" t="n">
-        <v>44461</v>
+        <v>44524</v>
       </c>
       <c r="B474" t="n">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="2" t="n">
-        <v>44460</v>
+        <v>44512</v>
       </c>
       <c r="B475" t="n">
         <v>195</v>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="2" t="n">
-        <v>44456</v>
+        <v>44510</v>
       </c>
       <c r="B476" t="n">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="2" t="n">
-        <v>44454</v>
+        <v>44508</v>
       </c>
       <c r="B477" t="n">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="2" t="n">
-        <v>44449</v>
+        <v>44505</v>
       </c>
       <c r="B478" t="n">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>263</t>
         </is>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="2" t="n">
-        <v>44447</v>
+        <v>44503</v>
       </c>
       <c r="B479" t="n">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>983</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="2" t="n">
-        <v>44442</v>
+        <v>44497</v>
       </c>
       <c r="B480" t="n">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="2" t="n">
-        <v>44440</v>
+        <v>44495</v>
       </c>
       <c r="B481" t="n">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>2895</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="2" t="n">
-        <v>44427</v>
+        <v>44488</v>
       </c>
       <c r="B482" t="n">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="2" t="n">
-        <v>44426</v>
+        <v>44487</v>
       </c>
       <c r="B483" t="n">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>574</t>
         </is>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="2" t="n">
-        <v>44424</v>
+        <v>44484</v>
       </c>
       <c r="B484" t="n">
-        <v>200</v>
+        <v>186.5</v>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="2" t="n">
-        <v>44421</v>
+        <v>44483</v>
       </c>
       <c r="B485" t="n">
-        <v>199.9</v>
+        <v>187</v>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>107</t>
         </is>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="2" t="n">
-        <v>44420</v>
+        <v>44482</v>
       </c>
       <c r="B486" t="n">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="2" t="n">
-        <v>44414</v>
+        <v>44481</v>
       </c>
       <c r="B487" t="n">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="2" t="n">
-        <v>44411</v>
+        <v>44475</v>
       </c>
       <c r="B488" t="n">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="2" t="n">
-        <v>44407</v>
+        <v>44468</v>
       </c>
       <c r="B489" t="n">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="2" t="n">
-        <v>44398</v>
+        <v>44466</v>
       </c>
       <c r="B490" t="n">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="2" t="n">
-        <v>44397</v>
+        <v>44462</v>
       </c>
       <c r="B491" t="n">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>2167</t>
+          <t>79</t>
         </is>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="2" t="n">
-        <v>44393</v>
+        <v>44461</v>
       </c>
       <c r="B492" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="2" t="n">
-        <v>44392</v>
+        <v>44460</v>
       </c>
       <c r="B493" t="n">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="2" t="n">
-        <v>44389</v>
+        <v>44456</v>
       </c>
       <c r="B494" t="n">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="2" t="n">
-        <v>44385</v>
+        <v>44454</v>
       </c>
       <c r="B495" t="n">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="2" t="n">
-        <v>44383</v>
+        <v>44449</v>
       </c>
       <c r="B496" t="n">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>285</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="2" t="n">
-        <v>44379</v>
+        <v>44447</v>
       </c>
       <c r="B497" t="n">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>983</t>
         </is>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="2" t="n">
-        <v>44378</v>
+        <v>44442</v>
       </c>
       <c r="B498" t="n">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="2" t="n">
-        <v>44377</v>
+        <v>44440</v>
       </c>
       <c r="B499" t="n">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>2895</t>
         </is>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="2" t="n">
-        <v>44376</v>
+        <v>44427</v>
       </c>
       <c r="B500" t="n">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="2" t="n">
-        <v>44372</v>
+        <v>44426</v>
       </c>
       <c r="B501" t="n">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="2" t="n">
-        <v>44371</v>
+        <v>44424</v>
       </c>
       <c r="B502" t="n">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="2" t="n">
-        <v>44370</v>
+        <v>44421</v>
       </c>
       <c r="B503" t="n">
-        <v>190</v>
+        <v>199.9</v>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="2" t="n">
-        <v>44368</v>
+        <v>44420</v>
       </c>
       <c r="B504" t="n">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="2" t="n">
-        <v>44365</v>
+        <v>44414</v>
       </c>
       <c r="B505" t="n">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="2" t="n">
-        <v>44364</v>
+        <v>44411</v>
       </c>
       <c r="B506" t="n">
         <v>195</v>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>385</t>
         </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="2" t="n">
-        <v>44363</v>
+        <v>44407</v>
       </c>
       <c r="B507" t="n">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="2" t="n">
-        <v>44362</v>
+        <v>44398</v>
       </c>
       <c r="B508" t="n">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="2" t="n">
-        <v>44357</v>
+        <v>44397</v>
       </c>
       <c r="B509" t="n">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>2167</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="2" t="n">
-        <v>44356</v>
+        <v>44393</v>
       </c>
       <c r="B510" t="n">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>213</t>
         </is>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="2" t="n">
-        <v>44354</v>
+        <v>44392</v>
       </c>
       <c r="B511" t="n">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="2" t="n">
-        <v>44350</v>
+        <v>44389</v>
       </c>
       <c r="B512" t="n">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="2" t="n">
-        <v>44348</v>
+        <v>44385</v>
       </c>
       <c r="B513" t="n">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>85</t>
         </is>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="2" t="n">
-        <v>44347</v>
+        <v>44383</v>
       </c>
       <c r="B514" t="n">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>285</t>
         </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="2" t="n">
-        <v>44344</v>
+        <v>44379</v>
       </c>
       <c r="B515" t="n">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="2" t="n">
-        <v>44342</v>
+        <v>44378</v>
       </c>
       <c r="B516" t="n">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="2" t="n">
-        <v>44341</v>
+        <v>44377</v>
       </c>
       <c r="B517" t="n">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="2" t="n">
-        <v>44328</v>
+        <v>44376</v>
       </c>
       <c r="B518" t="n">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="2" t="n">
-        <v>44321</v>
+        <v>44372</v>
       </c>
       <c r="B519" t="n">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>255</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="2" t="n">
-        <v>44320</v>
+        <v>44371</v>
       </c>
       <c r="B520" t="n">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>117</t>
         </is>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="2" t="n">
-        <v>44319</v>
+        <v>44370</v>
       </c>
       <c r="B521" t="n">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="2" t="n">
-        <v>44315</v>
+        <v>44368</v>
       </c>
       <c r="B522" t="n">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="2" t="n">
-        <v>44314</v>
+        <v>44365</v>
       </c>
       <c r="B523" t="n">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>560</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="2" t="n">
-        <v>44312</v>
+        <v>44364</v>
       </c>
       <c r="B524" t="n">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="2" t="n">
-        <v>44308</v>
+        <v>44363</v>
       </c>
       <c r="B525" t="n">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="2" t="n">
-        <v>44307</v>
+        <v>44362</v>
       </c>
       <c r="B526" t="n">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="2" t="n">
-        <v>44305</v>
+        <v>44357</v>
       </c>
       <c r="B527" t="n">
-        <v>199.9</v>
+        <v>198</v>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="2" t="n">
-        <v>44302</v>
+        <v>44356</v>
       </c>
       <c r="B528" t="n">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="2" t="n">
-        <v>44300</v>
+        <v>44354</v>
       </c>
       <c r="B529" t="n">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="2" t="n">
-        <v>44299</v>
+        <v>44350</v>
       </c>
       <c r="B530" t="n">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="2" t="n">
-        <v>44298</v>
+        <v>44348</v>
       </c>
       <c r="B531" t="n">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="2" t="n">
-        <v>44294</v>
+        <v>44347</v>
       </c>
       <c r="B532" t="n">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="2" t="n">
-        <v>44293</v>
+        <v>44344</v>
       </c>
       <c r="B533" t="n">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="2" t="n">
-        <v>44285</v>
+        <v>44342</v>
       </c>
       <c r="B534" t="n">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="2" t="n">
-        <v>44284</v>
+        <v>44341</v>
       </c>
       <c r="B535" t="n">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="2" t="n">
-        <v>44278</v>
+        <v>44328</v>
       </c>
       <c r="B536" t="n">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="2" t="n">
-        <v>44277</v>
+        <v>44321</v>
       </c>
       <c r="B537" t="n">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="2" t="n">
-        <v>44272</v>
+        <v>44320</v>
       </c>
       <c r="B538" t="n">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="2" t="n">
-        <v>44271</v>
+        <v>44319</v>
       </c>
       <c r="B539" t="n">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>115</t>
         </is>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="2" t="n">
-        <v>44270</v>
+        <v>44315</v>
       </c>
       <c r="B540" t="n">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="2" t="n">
-        <v>44265</v>
+        <v>44314</v>
       </c>
       <c r="B541" t="n">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>560</t>
         </is>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="2" t="n">
-        <v>44258</v>
+        <v>44312</v>
       </c>
       <c r="B542" t="n">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="2" t="n">
-        <v>44257</v>
+        <v>44308</v>
       </c>
       <c r="B543" t="n">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="2" t="n">
-        <v>44252</v>
+        <v>44307</v>
       </c>
       <c r="B544" t="n">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="2" t="n">
-        <v>44250</v>
+        <v>44305</v>
       </c>
       <c r="B545" t="n">
-        <v>192</v>
+        <v>199.9</v>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="2" t="n">
-        <v>44247</v>
+        <v>44302</v>
       </c>
       <c r="B546" t="n">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="2" t="n">
-        <v>44245</v>
+        <v>44300</v>
       </c>
       <c r="B547" t="n">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="2" t="n">
-        <v>44237</v>
+        <v>44299</v>
       </c>
       <c r="B548" t="n">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>705</t>
         </is>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="2" t="n">
-        <v>44236</v>
+        <v>44298</v>
       </c>
       <c r="B549" t="n">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="2" t="n">
-        <v>44235</v>
+        <v>44294</v>
       </c>
       <c r="B550" t="n">
         <v>194</v>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>910</t>
         </is>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="2" t="n">
-        <v>44232</v>
+        <v>44293</v>
       </c>
       <c r="B551" t="n">
         <v>195</v>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="2" t="n">
-        <v>44225</v>
+        <v>44285</v>
       </c>
       <c r="B552" t="n">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="2" t="n">
-        <v>44224</v>
+        <v>44284</v>
       </c>
       <c r="B553" t="n">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="2" t="n">
-        <v>44222</v>
+        <v>44278</v>
       </c>
       <c r="B554" t="n">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>255</t>
         </is>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="2" t="n">
-        <v>44221</v>
+        <v>44277</v>
       </c>
       <c r="B555" t="n">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="2" t="n">
-        <v>44218</v>
+        <v>44272</v>
       </c>
       <c r="B556" t="n">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="2" t="n">
-        <v>44216</v>
+        <v>44271</v>
       </c>
       <c r="B557" t="n">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="2" t="n">
-        <v>44210</v>
+        <v>44270</v>
       </c>
       <c r="B558" t="n">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>92</t>
         </is>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="2" t="n">
-        <v>44208</v>
+        <v>44265</v>
       </c>
       <c r="B559" t="n">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="2" t="n">
-        <v>44207</v>
+        <v>44258</v>
       </c>
       <c r="B560" t="n">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>76</t>
         </is>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="2" t="n">
-        <v>44203</v>
+        <v>44257</v>
       </c>
       <c r="B561" t="n">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>121</t>
         </is>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="2" t="n">
-        <v>44200</v>
+        <v>44252</v>
       </c>
       <c r="B562" t="n">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="2" t="n">
-        <v>44194</v>
+        <v>44250</v>
       </c>
       <c r="B563" t="n">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>542</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="2" t="n">
-        <v>44193</v>
+        <v>44247</v>
       </c>
       <c r="B564" t="n">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="2" t="n">
-        <v>44186</v>
+        <v>44245</v>
       </c>
       <c r="B565" t="n">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="2" t="n">
-        <v>44183</v>
+        <v>44237</v>
       </c>
       <c r="B566" t="n">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="2" t="n">
-        <v>44182</v>
+        <v>44236</v>
       </c>
       <c r="B567" t="n">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="2" t="n">
-        <v>44179</v>
+        <v>44235</v>
       </c>
       <c r="B568" t="n">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="2" t="n">
-        <v>44176</v>
+        <v>44232</v>
       </c>
       <c r="B569" t="n">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="2" t="n">
-        <v>44166</v>
+        <v>44225</v>
       </c>
       <c r="B570" t="n">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="2" t="n">
-        <v>44161</v>
+        <v>44224</v>
       </c>
       <c r="B571" t="n">
-        <v>178</v>
+        <v>199</v>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>435</t>
+          <t>275</t>
         </is>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="2" t="n">
-        <v>44160</v>
+        <v>44222</v>
       </c>
       <c r="B572" t="n">
-        <v>179</v>
+        <v>200</v>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="2" t="n">
-        <v>44159</v>
+        <v>44221</v>
       </c>
       <c r="B573" t="n">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="2" t="n">
-        <v>44158</v>
+        <v>44218</v>
       </c>
       <c r="B574" t="n">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="2" t="n">
-        <v>44151</v>
+        <v>44216</v>
       </c>
       <c r="B575" t="n">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="C575" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="2" t="n">
-        <v>44139</v>
+        <v>44210</v>
       </c>
       <c r="B576" t="n">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="2" t="n">
-        <v>44138</v>
+        <v>44208</v>
       </c>
       <c r="B577" t="n">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="2" t="n">
-        <v>44134</v>
+        <v>44207</v>
       </c>
       <c r="B578" t="n">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="2" t="n">
-        <v>44132</v>
+        <v>44203</v>
       </c>
       <c r="B579" t="n">
-        <v>178.5</v>
+        <v>197</v>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="2" t="n">
-        <v>44131</v>
+        <v>44200</v>
       </c>
       <c r="B580" t="n">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>1700</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="2" t="n">
-        <v>44127</v>
+        <v>44194</v>
       </c>
       <c r="B581" t="n">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>542</t>
         </is>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="2" t="n">
-        <v>44125</v>
+        <v>44193</v>
       </c>
       <c r="B582" t="n">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="2" t="n">
-        <v>44124</v>
+        <v>44186</v>
       </c>
       <c r="B583" t="n">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="2" t="n">
-        <v>44123</v>
+        <v>44183</v>
       </c>
       <c r="B584" t="n">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>208</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="2" t="n">
-        <v>44119</v>
+        <v>44182</v>
       </c>
       <c r="B585" t="n">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="2" t="n">
-        <v>44118</v>
+        <v>44179</v>
       </c>
       <c r="B586" t="n">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="2" t="n">
-        <v>44117</v>
+        <v>44176</v>
       </c>
       <c r="B587" t="n">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="2" t="n">
-        <v>44116</v>
+        <v>44166</v>
       </c>
       <c r="B588" t="n">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="2" t="n">
-        <v>44112</v>
+        <v>44161</v>
       </c>
       <c r="B589" t="n">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>435</t>
         </is>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="2" t="n">
-        <v>44099</v>
+        <v>44160</v>
       </c>
       <c r="B590" t="n">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="2" t="n">
-        <v>44098</v>
+        <v>44159</v>
       </c>
       <c r="B591" t="n">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="2" t="n">
-        <v>44096</v>
+        <v>44158</v>
       </c>
       <c r="B592" t="n">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="2" t="n">
-        <v>44090</v>
+        <v>44151</v>
       </c>
       <c r="B593" t="n">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="2" t="n">
-        <v>44068</v>
+        <v>44139</v>
       </c>
       <c r="B594" t="n">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="2" t="n">
-        <v>44061</v>
+        <v>44138</v>
       </c>
       <c r="B595" t="n">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="2" t="n">
-        <v>44060</v>
+        <v>44134</v>
       </c>
       <c r="B596" t="n">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="2" t="n">
-        <v>44056</v>
+        <v>44132</v>
       </c>
       <c r="B597" t="n">
-        <v>195</v>
+        <v>178.5</v>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="2" t="n">
-        <v>44049</v>
+        <v>44131</v>
       </c>
       <c r="B598" t="n">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>1700</t>
         </is>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="2" t="n">
-        <v>44048</v>
+        <v>44127</v>
       </c>
       <c r="B599" t="n">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>1397</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="2" t="n">
-        <v>44046</v>
+        <v>44125</v>
       </c>
       <c r="B600" t="n">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>980</t>
         </is>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="2" t="n">
-        <v>44042</v>
+        <v>44124</v>
       </c>
       <c r="B601" t="n">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="C601" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="2" t="n">
-        <v>44041</v>
+        <v>44123</v>
       </c>
       <c r="B602" t="n">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="2" t="n">
-        <v>44039</v>
+        <v>44119</v>
       </c>
       <c r="B603" t="n">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="2" t="n">
-        <v>44036</v>
+        <v>44118</v>
       </c>
       <c r="B604" t="n">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="2" t="n">
-        <v>44032</v>
+        <v>44117</v>
       </c>
       <c r="B605" t="n">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="2" t="n">
-        <v>44027</v>
+        <v>44116</v>
       </c>
       <c r="B606" t="n">
-        <v>192.5</v>
+        <v>186</v>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="2" t="n">
-        <v>44021</v>
+        <v>44112</v>
       </c>
       <c r="B607" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="2" t="n">
-        <v>44018</v>
+        <v>44099</v>
       </c>
       <c r="B608" t="n">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="2" t="n">
-        <v>44014</v>
+        <v>44098</v>
       </c>
       <c r="B609" t="n">
-        <v>192.5</v>
+        <v>190</v>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="2" t="n">
-        <v>44013</v>
+        <v>44096</v>
       </c>
       <c r="B610" t="n">
-        <v>192.5</v>
+        <v>195</v>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>89</t>
         </is>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="2" t="n">
-        <v>44006</v>
+        <v>44090</v>
       </c>
       <c r="B611" t="n">
-        <v>192.5</v>
+        <v>195</v>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="2" t="n">
-        <v>44005</v>
+        <v>44068</v>
       </c>
       <c r="B612" t="n">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>655</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="2" t="n">
-        <v>44004</v>
+        <v>44061</v>
       </c>
       <c r="B613" t="n">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="2" t="n">
-        <v>43999</v>
+        <v>44060</v>
       </c>
       <c r="B614" t="n">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="2" t="n">
-        <v>43993</v>
+        <v>44056</v>
       </c>
       <c r="B615" t="n">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="2" t="n">
-        <v>43986</v>
+        <v>44049</v>
       </c>
       <c r="B616" t="n">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="2" t="n">
-        <v>43980</v>
+        <v>44048</v>
       </c>
       <c r="B617" t="n">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>1397</t>
         </is>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="2" t="n">
-        <v>43976</v>
+        <v>44046</v>
       </c>
       <c r="B618" t="n">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>239</t>
         </is>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="2" t="n">
-        <v>43966</v>
+        <v>44042</v>
       </c>
       <c r="B619" t="n">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="2" t="n">
-        <v>43965</v>
+        <v>44041</v>
       </c>
       <c r="B620" t="n">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="2" t="n">
-        <v>43962</v>
+        <v>44039</v>
       </c>
       <c r="B621" t="n">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="2" t="n">
-        <v>43961</v>
+        <v>44036</v>
       </c>
       <c r="B622" t="n">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="2" t="n">
-        <v>43957</v>
+        <v>44032</v>
       </c>
       <c r="B623" t="n">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="2" t="n">
-        <v>43956</v>
+        <v>44027</v>
       </c>
       <c r="B624" t="n">
-        <v>186</v>
+        <v>192.5</v>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="2" t="n">
-        <v>43950</v>
+        <v>44021</v>
       </c>
       <c r="B625" t="n">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C625" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="2" t="n">
-        <v>43949</v>
+        <v>44018</v>
       </c>
       <c r="B626" t="n">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C626" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="2" t="n">
-        <v>43948</v>
+        <v>44014</v>
       </c>
       <c r="B627" t="n">
-        <v>186</v>
+        <v>192.5</v>
       </c>
       <c r="C627" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="2" t="n">
-        <v>43945</v>
+        <v>44013</v>
       </c>
       <c r="B628" t="n">
-        <v>186</v>
+        <v>192.5</v>
       </c>
       <c r="C628" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="2" t="n">
-        <v>43944</v>
+        <v>44006</v>
       </c>
       <c r="B629" t="n">
-        <v>186</v>
+        <v>192.5</v>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="2" t="n">
-        <v>43942</v>
+        <v>44005</v>
       </c>
       <c r="B630" t="n">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>674</t>
+          <t>655</t>
         </is>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="2" t="n">
-        <v>43941</v>
+        <v>44004</v>
       </c>
       <c r="B631" t="n">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="2" t="n">
-        <v>43937</v>
+        <v>43999</v>
       </c>
       <c r="B632" t="n">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="2" t="n">
-        <v>43936</v>
+        <v>43993</v>
       </c>
       <c r="B633" t="n">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>760</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="2" t="n">
-        <v>43930</v>
+        <v>43986</v>
       </c>
       <c r="B634" t="n">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="2" t="n">
-        <v>43929</v>
+        <v>43980</v>
       </c>
       <c r="B635" t="n">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="2" t="n">
-        <v>43927</v>
+        <v>43976</v>
       </c>
       <c r="B636" t="n">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="2" t="n">
-        <v>43924</v>
+        <v>43966</v>
       </c>
       <c r="B637" t="n">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="2" t="n">
-        <v>43923</v>
+        <v>43965</v>
       </c>
       <c r="B638" t="n">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="2" t="n">
-        <v>43922</v>
+        <v>43962</v>
       </c>
       <c r="B639" t="n">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="2" t="n">
-        <v>43920</v>
+        <v>43961</v>
       </c>
       <c r="B640" t="n">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="2" t="n">
-        <v>43914</v>
+        <v>43957</v>
       </c>
       <c r="B641" t="n">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="2" t="n">
-        <v>43908</v>
+        <v>43956</v>
       </c>
       <c r="B642" t="n">
-        <v>171</v>
+        <v>186</v>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="2" t="n">
-        <v>43907</v>
+        <v>43950</v>
       </c>
       <c r="B643" t="n">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="2" t="n">
-        <v>43906</v>
+        <v>43949</v>
       </c>
       <c r="B644" t="n">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="2" t="n">
-        <v>43905</v>
+        <v>43948</v>
       </c>
       <c r="B645" t="n">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>2540</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="2" t="n">
-        <v>43902</v>
+        <v>43945</v>
       </c>
       <c r="B646" t="n">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>460</t>
+          <t>279</t>
         </is>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="2" t="n">
-        <v>43901</v>
+        <v>43944</v>
       </c>
       <c r="B647" t="n">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="2" t="n">
-        <v>43900</v>
+        <v>43942</v>
       </c>
       <c r="B648" t="n">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>674</t>
         </is>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="2" t="n">
-        <v>43899</v>
+        <v>43941</v>
       </c>
       <c r="B649" t="n">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="2" t="n">
-        <v>43896</v>
+        <v>43937</v>
       </c>
       <c r="B650" t="n">
-        <v>203</v>
+        <v>184</v>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="2" t="n">
-        <v>43895</v>
+        <v>43936</v>
       </c>
       <c r="B651" t="n">
-        <v>204</v>
+        <v>184</v>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>760</t>
         </is>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="2" t="n">
-        <v>43894</v>
+        <v>43930</v>
       </c>
       <c r="B652" t="n">
-        <v>203</v>
+        <v>183</v>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="2" t="n">
-        <v>43888</v>
+        <v>43929</v>
       </c>
       <c r="B653" t="n">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="2" t="n">
-        <v>43887</v>
+        <v>43927</v>
       </c>
       <c r="B654" t="n">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="2" t="n">
-        <v>43881</v>
+        <v>43924</v>
       </c>
       <c r="B655" t="n">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="2" t="n">
-        <v>43880</v>
+        <v>43923</v>
       </c>
       <c r="B656" t="n">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="2" t="n">
-        <v>43879</v>
+        <v>43922</v>
       </c>
       <c r="B657" t="n">
-        <v>201.5</v>
+        <v>180</v>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="2" t="n">
-        <v>43875</v>
+        <v>43920</v>
       </c>
       <c r="B658" t="n">
-        <v>201</v>
+        <v>175</v>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="2" t="n">
-        <v>43874</v>
+        <v>43914</v>
       </c>
       <c r="B659" t="n">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>960</t>
         </is>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="2" t="n">
-        <v>43873</v>
+        <v>43908</v>
       </c>
       <c r="B660" t="n">
-        <v>201</v>
+        <v>171</v>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="2" t="n">
-        <v>43872</v>
+        <v>43907</v>
       </c>
       <c r="B661" t="n">
-        <v>199</v>
+        <v>170</v>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>318</t>
         </is>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="2" t="n">
-        <v>43871</v>
+        <v>43906</v>
       </c>
       <c r="B662" t="n">
-        <v>199</v>
+        <v>170</v>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="2" t="n">
-        <v>43867</v>
+        <v>43905</v>
       </c>
       <c r="B663" t="n">
-        <v>202</v>
+        <v>175</v>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>2540</t>
         </is>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="2" t="n">
-        <v>43866</v>
+        <v>43902</v>
       </c>
       <c r="B664" t="n">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>460</t>
         </is>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="2" t="n">
-        <v>43857</v>
+        <v>43901</v>
       </c>
       <c r="B665" t="n">
-        <v>203.5</v>
+        <v>200</v>
       </c>
       <c r="C665" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="2" t="n">
-        <v>43852</v>
+        <v>43900</v>
       </c>
       <c r="B666" t="n">
-        <v>203.5</v>
+        <v>200</v>
       </c>
       <c r="C666" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="2" t="n">
-        <v>43850</v>
+        <v>43899</v>
       </c>
       <c r="B667" t="n">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C667" t="inlineStr">
         <is>
-          <t>582</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="2" t="n">
-        <v>43847</v>
+        <v>43896</v>
       </c>
       <c r="B668" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C668" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="2" t="n">
-        <v>43846</v>
+        <v>43895</v>
       </c>
       <c r="B669" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C669" t="inlineStr">
         <is>
-          <t>1510</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="2" t="n">
-        <v>43844</v>
+        <v>43894</v>
       </c>
       <c r="B670" t="n">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C670" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>960</t>
         </is>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="2" t="n">
-        <v>43843</v>
+        <v>43888</v>
       </c>
       <c r="B671" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="2" t="n">
-        <v>43840</v>
+        <v>43887</v>
       </c>
       <c r="B672" t="n">
-        <v>203.5</v>
+        <v>200</v>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="2" t="n">
-        <v>43838</v>
+        <v>43881</v>
       </c>
       <c r="B673" t="n">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="2" t="n">
-        <v>43837</v>
+        <v>43880</v>
       </c>
       <c r="B674" t="n">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>325</t>
         </is>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="2" t="n">
-        <v>43836</v>
+        <v>43879</v>
       </c>
       <c r="B675" t="n">
-        <v>200</v>
+        <v>201.5</v>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="2" t="n">
-        <v>43833</v>
+        <v>43875</v>
       </c>
       <c r="B676" t="n">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="2" t="n">
-        <v>43826</v>
+        <v>43874</v>
       </c>
       <c r="B677" t="n">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="2" t="n">
-        <v>43822</v>
+        <v>43873</v>
       </c>
       <c r="B678" t="n">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="2" t="n">
-        <v>43818</v>
+        <v>43872</v>
       </c>
       <c r="B679" t="n">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>185</t>
         </is>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="2" t="n">
-        <v>43815</v>
+        <v>43871</v>
       </c>
       <c r="B680" t="n">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="2" t="n">
-        <v>43812</v>
+        <v>43867</v>
       </c>
       <c r="B681" t="n">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="2" t="n">
-        <v>43811</v>
+        <v>43866</v>
       </c>
       <c r="B682" t="n">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C682" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="2" t="n">
-        <v>43798</v>
+        <v>43857</v>
       </c>
       <c r="B683" t="n">
-        <v>207</v>
+        <v>203.5</v>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>375</t>
         </is>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="2" t="n">
-        <v>43796</v>
+        <v>43852</v>
       </c>
       <c r="B684" t="n">
-        <v>207</v>
+        <v>203.5</v>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="2" t="n">
-        <v>43795</v>
+        <v>43850</v>
       </c>
       <c r="B685" t="n">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>582</t>
         </is>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="2" t="n">
-        <v>43794</v>
+        <v>43847</v>
       </c>
       <c r="B686" t="n">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C686" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="2" t="n">
-        <v>43791</v>
+        <v>43846</v>
       </c>
       <c r="B687" t="n">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>1510</t>
         </is>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="2" t="n">
-        <v>43789</v>
+        <v>43844</v>
       </c>
       <c r="B688" t="n">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="2" t="n">
-        <v>43788</v>
+        <v>43843</v>
       </c>
       <c r="B689" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="2" t="n">
-        <v>43781</v>
+        <v>43840</v>
       </c>
       <c r="B690" t="n">
-        <v>206</v>
+        <v>203.5</v>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="2" t="n">
-        <v>43779</v>
+        <v>43838</v>
       </c>
       <c r="B691" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="2" t="n">
-        <v>43776</v>
+        <v>43837</v>
       </c>
       <c r="B692" t="n">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="2" t="n">
-        <v>43774</v>
+        <v>43836</v>
       </c>
       <c r="B693" t="n">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="2" t="n">
-        <v>43773</v>
+        <v>43833</v>
       </c>
       <c r="B694" t="n">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="2" t="n">
-        <v>43770</v>
+        <v>43826</v>
       </c>
       <c r="B695" t="n">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="2" t="n">
-        <v>43769</v>
+        <v>43822</v>
       </c>
       <c r="B696" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="2" t="n">
-        <v>43768</v>
+        <v>43818</v>
       </c>
       <c r="B697" t="n">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>715</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="2" t="n">
-        <v>43766</v>
+        <v>43815</v>
       </c>
       <c r="B698" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C698" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="2" t="n">
-        <v>43753</v>
+        <v>43812</v>
       </c>
       <c r="B699" t="n">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="2" t="n">
-        <v>43752</v>
+        <v>43811</v>
       </c>
       <c r="B700" t="n">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="2" t="n">
-        <v>43749</v>
+        <v>43798</v>
       </c>
       <c r="B701" t="n">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="2" t="n">
-        <v>43747</v>
+        <v>43796</v>
       </c>
       <c r="B702" t="n">
         <v>207</v>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="2" t="n">
-        <v>43745</v>
+        <v>43795</v>
       </c>
       <c r="B703" t="n">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>229</t>
         </is>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="2" t="n">
-        <v>43742</v>
+        <v>43794</v>
       </c>
       <c r="B704" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>1337</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="2" t="n">
-        <v>43741</v>
+        <v>43791</v>
       </c>
       <c r="B705" t="n">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="2" t="n">
-        <v>43739</v>
+        <v>43789</v>
       </c>
       <c r="B706" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="2" t="n">
-        <v>43733</v>
+        <v>43788</v>
       </c>
       <c r="B707" t="n">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="2" t="n">
-        <v>43718</v>
+        <v>43781</v>
       </c>
       <c r="B708" t="n">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="2" t="n">
-        <v>43716</v>
+        <v>43779</v>
       </c>
       <c r="B709" t="n">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="2" t="n">
-        <v>43711</v>
+        <v>43776</v>
       </c>
       <c r="B710" t="n">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="2" t="n">
-        <v>43707</v>
+        <v>43774</v>
       </c>
       <c r="B711" t="n">
         <v>204</v>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="2" t="n">
-        <v>43705</v>
+        <v>43773</v>
       </c>
       <c r="B712" t="n">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>205</t>
         </is>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="2" t="n">
-        <v>43704</v>
+        <v>43770</v>
       </c>
       <c r="B713" t="n">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="2" t="n">
-        <v>43700</v>
+        <v>43769</v>
       </c>
       <c r="B714" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>1053</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="2" t="n">
-        <v>43691</v>
+        <v>43768</v>
       </c>
       <c r="B715" t="n">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>715</t>
         </is>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="2" t="n">
-        <v>43690</v>
+        <v>43766</v>
       </c>
       <c r="B716" t="n">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C716" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="2" t="n">
-        <v>43689</v>
+        <v>43753</v>
       </c>
       <c r="B717" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C717" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="2" t="n">
-        <v>43686</v>
+        <v>43752</v>
       </c>
       <c r="B718" t="n">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C718" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="2" t="n">
-        <v>43685</v>
+        <v>43749</v>
       </c>
       <c r="B719" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="2" t="n">
-        <v>43683</v>
+        <v>43747</v>
       </c>
       <c r="B720" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="2" t="n">
-        <v>43675</v>
+        <v>43745</v>
       </c>
       <c r="B721" t="n">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C721" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="2" t="n">
-        <v>43672</v>
+        <v>43742</v>
       </c>
       <c r="B722" t="n">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1337</t>
         </is>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="2" t="n">
-        <v>43671</v>
+        <v>43741</v>
       </c>
       <c r="B723" t="n">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="2" t="n">
-        <v>43668</v>
+        <v>43739</v>
       </c>
       <c r="B724" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>183</t>
         </is>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="2" t="n">
-        <v>43664</v>
+        <v>43733</v>
       </c>
       <c r="B725" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="2" t="n">
-        <v>43662</v>
+        <v>43718</v>
       </c>
       <c r="B726" t="n">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>283</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="2" t="n">
-        <v>43658</v>
+        <v>43716</v>
       </c>
       <c r="B727" t="n">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="2" t="n">
-        <v>43655</v>
+        <v>43711</v>
       </c>
       <c r="B728" t="n">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>910</t>
         </is>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="2" t="n">
-        <v>43654</v>
+        <v>43707</v>
       </c>
       <c r="B729" t="n">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="2" t="n">
-        <v>43651</v>
+        <v>43705</v>
       </c>
       <c r="B730" t="n">
         <v>206</v>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="2" t="n">
-        <v>43648</v>
+        <v>43704</v>
       </c>
       <c r="B731" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="2" t="n">
-        <v>43644</v>
+        <v>43700</v>
       </c>
       <c r="B732" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1053</t>
         </is>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="2" t="n">
-        <v>43642</v>
+        <v>43691</v>
       </c>
       <c r="B733" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>1500</t>
         </is>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="2" t="n">
-        <v>43640</v>
+        <v>43690</v>
       </c>
       <c r="B734" t="n">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="2" t="n">
-        <v>43635</v>
+        <v>43689</v>
       </c>
       <c r="B735" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="2" t="n">
-        <v>43634</v>
+        <v>43686</v>
       </c>
       <c r="B736" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="2" t="n">
-        <v>43620</v>
+        <v>43685</v>
       </c>
       <c r="B737" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="2" t="n">
-        <v>43619</v>
+        <v>43683</v>
       </c>
       <c r="B738" t="n">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="2" t="n">
-        <v>43616</v>
+        <v>43675</v>
       </c>
       <c r="B739" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="2" t="n">
-        <v>43614</v>
+        <v>43672</v>
       </c>
       <c r="B740" t="n">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="2" t="n">
-        <v>43612</v>
+        <v>43671</v>
       </c>
       <c r="B741" t="n">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="2" t="n">
-        <v>43608</v>
+        <v>43668</v>
       </c>
       <c r="B742" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="2" t="n">
-        <v>43607</v>
+        <v>43664</v>
       </c>
       <c r="B743" t="n">
         <v>209</v>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="2" t="n">
-        <v>43606</v>
+        <v>43662</v>
       </c>
       <c r="B744" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>283</t>
         </is>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="2" t="n">
-        <v>43601</v>
+        <v>43658</v>
       </c>
       <c r="B745" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>484</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="2" t="n">
-        <v>43600</v>
+        <v>43655</v>
       </c>
       <c r="B746" t="n">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="2" t="n">
-        <v>43599</v>
+        <v>43654</v>
       </c>
       <c r="B747" t="n">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="2" t="n">
-        <v>43594</v>
+        <v>43651</v>
       </c>
       <c r="B748" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="2" t="n">
-        <v>43588</v>
+        <v>43648</v>
       </c>
       <c r="B749" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="2" t="n">
-        <v>43585</v>
+        <v>43644</v>
       </c>
       <c r="B750" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="2" t="n">
-        <v>43581</v>
+        <v>43642</v>
       </c>
       <c r="B751" t="n">
         <v>209</v>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>630</t>
         </is>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="2" t="n">
-        <v>43580</v>
+        <v>43640</v>
       </c>
       <c r="B752" t="n">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>78</t>
         </is>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="2" t="n">
-        <v>43579</v>
+        <v>43635</v>
       </c>
       <c r="B753" t="n">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="2" t="n">
-        <v>43570</v>
+        <v>43634</v>
       </c>
       <c r="B754" t="n">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>550</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="2" t="n">
-        <v>43560</v>
+        <v>43620</v>
       </c>
       <c r="B755" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="2" t="n">
-        <v>43559</v>
+        <v>43619</v>
       </c>
       <c r="B756" t="n">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>415</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="2" t="n">
-        <v>43558</v>
+        <v>43616</v>
       </c>
       <c r="B757" t="n">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="2" t="n">
-        <v>43557</v>
+        <v>43614</v>
       </c>
       <c r="B758" t="n">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>111</t>
         </is>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="2" t="n">
-        <v>43556</v>
+        <v>43612</v>
       </c>
       <c r="B759" t="n">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="2" t="n">
-        <v>43552</v>
+        <v>43608</v>
       </c>
       <c r="B760" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>352</t>
         </is>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="2" t="n">
-        <v>43550</v>
+        <v>43607</v>
       </c>
       <c r="B761" t="n">
         <v>209</v>
       </c>
       <c r="C761" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="2" t="n">
-        <v>43546</v>
+        <v>43606</v>
       </c>
       <c r="B762" t="n">
         <v>205</v>
       </c>
       <c r="C762" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="2" t="n">
-        <v>43545</v>
+        <v>43601</v>
       </c>
       <c r="B763" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>484</t>
         </is>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="2" t="n">
-        <v>43538</v>
+        <v>43600</v>
       </c>
       <c r="B764" t="n">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C764" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>206</t>
         </is>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="2" t="n">
-        <v>43537</v>
+        <v>43599</v>
       </c>
       <c r="B765" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C765" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="2" t="n">
-        <v>43536</v>
+        <v>43594</v>
       </c>
       <c r="B766" t="n">
         <v>209</v>
       </c>
       <c r="C766" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="2" t="n">
-        <v>43531</v>
+        <v>43588</v>
       </c>
       <c r="B767" t="n">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C767" t="inlineStr">
         <is>
-          <t>2030</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="2" t="n">
-        <v>43529</v>
+        <v>43585</v>
       </c>
       <c r="B768" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="2" t="n">
-        <v>43515</v>
+        <v>43581</v>
       </c>
       <c r="B769" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="2" t="n">
-        <v>43511</v>
+        <v>43580</v>
       </c>
       <c r="B770" t="n">
         <v>202</v>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>541</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="2" t="n">
-        <v>43503</v>
+        <v>43579</v>
       </c>
       <c r="B771" t="n">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="2" t="n">
-        <v>43502</v>
+        <v>43570</v>
       </c>
       <c r="B772" t="n">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>550</t>
         </is>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="2" t="n">
-        <v>43472</v>
+        <v>43560</v>
       </c>
       <c r="B773" t="n">
         <v>209</v>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="2" t="n">
-        <v>43468</v>
+        <v>43559</v>
       </c>
       <c r="B774" t="n">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>415</t>
         </is>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="2" t="n">
-        <v>43462</v>
+        <v>43558</v>
       </c>
       <c r="B775" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="2" t="n">
-        <v>43455</v>
+        <v>43557</v>
       </c>
       <c r="B776" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="2" t="n">
-        <v>43454</v>
+        <v>43556</v>
       </c>
       <c r="B777" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="2" t="n">
-        <v>43452</v>
+        <v>43552</v>
       </c>
       <c r="B778" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="2" t="n">
-        <v>43447</v>
+        <v>43550</v>
       </c>
       <c r="B779" t="n">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="2" t="n">
-        <v>43445</v>
+        <v>43546</v>
       </c>
       <c r="B780" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C780" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="2" t="n">
-        <v>43440</v>
+        <v>43545</v>
       </c>
       <c r="B781" t="n">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="2" t="n">
-        <v>43439</v>
+        <v>43538</v>
       </c>
       <c r="B782" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="2" t="n">
-        <v>43438</v>
+        <v>43537</v>
       </c>
       <c r="B783" t="n">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="2" t="n">
-        <v>43437</v>
+        <v>43536</v>
       </c>
       <c r="B784" t="n">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="2" t="n">
-        <v>43425</v>
+        <v>43531</v>
       </c>
       <c r="B785" t="n">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>2030</t>
         </is>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="2" t="n">
-        <v>43424</v>
+        <v>43529</v>
       </c>
       <c r="B786" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="2" t="n">
-        <v>43420</v>
+        <v>43515</v>
       </c>
       <c r="B787" t="n">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="2" t="n">
-        <v>43418</v>
+        <v>43511</v>
       </c>
       <c r="B788" t="n">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>541</t>
         </is>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="2" t="n">
-        <v>43409</v>
+        <v>43503</v>
       </c>
       <c r="B789" t="n">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="2" t="n">
-        <v>43406</v>
+        <v>43502</v>
       </c>
       <c r="B790" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C790" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="2" t="n">
-        <v>43405</v>
+        <v>43472</v>
       </c>
       <c r="B791" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>17</t>
         </is>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="2" t="n">
-        <v>43404</v>
+        <v>43468</v>
       </c>
       <c r="B792" t="n">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="2" t="n">
-        <v>43403</v>
+        <v>43462</v>
       </c>
       <c r="B793" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C793" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="2" t="n">
-        <v>43397</v>
+        <v>43455</v>
       </c>
       <c r="B794" t="n">
         <v>208</v>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="2" t="n">
-        <v>43396</v>
+        <v>43454</v>
       </c>
       <c r="B795" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="2" t="n">
-        <v>43388</v>
+        <v>43452</v>
       </c>
       <c r="B796" t="n">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C796" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="2" t="n">
-        <v>43387</v>
+        <v>43447</v>
       </c>
       <c r="B797" t="n">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C797" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="2" t="n">
-        <v>43385</v>
+        <v>43445</v>
       </c>
       <c r="B798" t="n">
         <v>204</v>
       </c>
       <c r="C798" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="2" t="n">
-        <v>43384</v>
+        <v>43440</v>
       </c>
       <c r="B799" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C799" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="2" t="n">
-        <v>43383</v>
+        <v>43439</v>
       </c>
       <c r="B800" t="n">
         <v>204</v>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>440</t>
         </is>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="2" t="n">
-        <v>43382</v>
+        <v>43438</v>
       </c>
       <c r="B801" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>286</t>
+          <t>354</t>
         </is>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="2" t="n">
-        <v>43381</v>
+        <v>43437</v>
       </c>
       <c r="B802" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>146</t>
         </is>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="2" t="n">
-        <v>43376</v>
+        <v>43425</v>
       </c>
       <c r="B803" t="n">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="2" t="n">
-        <v>43369</v>
+        <v>43424</v>
       </c>
       <c r="B804" t="n">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="2" t="n">
-        <v>43368</v>
+        <v>43420</v>
       </c>
       <c r="B805" t="n">
         <v>208</v>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="2" t="n">
-        <v>43367</v>
+        <v>43418</v>
       </c>
       <c r="B806" t="n">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="2" t="n">
-        <v>43363</v>
+        <v>43409</v>
       </c>
       <c r="B807" t="n">
         <v>206</v>
       </c>
       <c r="C807" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="2" t="n">
-        <v>43356</v>
+        <v>43406</v>
       </c>
       <c r="B808" t="n">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="2" t="n">
-        <v>43355</v>
+        <v>43405</v>
       </c>
       <c r="B809" t="n">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="2" t="n">
-        <v>43354</v>
+        <v>43404</v>
       </c>
       <c r="B810" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>591</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="2" t="n">
-        <v>43353</v>
+        <v>43403</v>
       </c>
       <c r="B811" t="n">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>1049</t>
+          <t>137</t>
         </is>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="2" t="n">
-        <v>43350</v>
+        <v>43397</v>
       </c>
       <c r="B812" t="n">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="2" t="n">
-        <v>43346</v>
+        <v>43396</v>
       </c>
       <c r="B813" t="n">
         <v>205</v>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="2" t="n">
-        <v>43335</v>
+        <v>43388</v>
       </c>
       <c r="B814" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="2" t="n">
-        <v>43334</v>
+        <v>43387</v>
       </c>
       <c r="B815" t="n">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="2" t="n">
-        <v>43332</v>
+        <v>43385</v>
       </c>
       <c r="B816" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="2" t="n">
-        <v>43328</v>
+        <v>43384</v>
       </c>
       <c r="B817" t="n">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="2" t="n">
-        <v>43327</v>
+        <v>43383</v>
       </c>
       <c r="B818" t="n">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="2" t="n">
-        <v>43326</v>
+        <v>43382</v>
       </c>
       <c r="B819" t="n">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>286</t>
         </is>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="2" t="n">
-        <v>43314</v>
+        <v>43381</v>
       </c>
       <c r="B820" t="n">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C820" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="2" t="n">
-        <v>43311</v>
+        <v>43376</v>
       </c>
       <c r="B821" t="n">
         <v>202</v>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="2" t="n">
-        <v>43293</v>
+        <v>43369</v>
       </c>
       <c r="B822" t="n">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="2" t="n">
-        <v>43292</v>
+        <v>43368</v>
       </c>
       <c r="B823" t="n">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="2" t="n">
-        <v>43285</v>
+        <v>43367</v>
       </c>
       <c r="B824" t="n">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C824" t="inlineStr">
         <is>
-          <t>2325</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="2" t="n">
-        <v>43283</v>
+        <v>43363</v>
       </c>
       <c r="B825" t="n">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="2" t="n">
-        <v>43280</v>
+        <v>43356</v>
       </c>
       <c r="B826" t="n">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="2" t="n">
-        <v>43279</v>
+        <v>43355</v>
       </c>
       <c r="B827" t="n">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="2" t="n">
-        <v>43276</v>
+        <v>43354</v>
       </c>
       <c r="B828" t="n">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>591</t>
         </is>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="2" t="n">
-        <v>43273</v>
+        <v>43353</v>
       </c>
       <c r="B829" t="n">
         <v>206</v>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>1049</t>
         </is>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="2" t="n">
-        <v>43262</v>
+        <v>43350</v>
       </c>
       <c r="B830" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="2" t="n">
-        <v>43257</v>
+        <v>43346</v>
       </c>
       <c r="B831" t="n">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C831" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="2" t="n">
-        <v>43250</v>
+        <v>43335</v>
       </c>
       <c r="B832" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="2" t="n">
-        <v>43238</v>
+        <v>43334</v>
       </c>
       <c r="B833" t="n">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="2" t="n">
-        <v>43237</v>
+        <v>43332</v>
       </c>
       <c r="B834" t="n">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>102</t>
         </is>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="2" t="n">
-        <v>43234</v>
+        <v>43328</v>
       </c>
       <c r="B835" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="2" t="n">
-        <v>43231</v>
+        <v>43327</v>
       </c>
       <c r="B836" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C836" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="2" t="n">
-        <v>43229</v>
+        <v>43326</v>
       </c>
       <c r="B837" t="n">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C837" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="2" t="n">
-        <v>43228</v>
+        <v>43314</v>
       </c>
       <c r="B838" t="n">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C838" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="2" t="n">
-        <v>43215</v>
+        <v>43311</v>
       </c>
       <c r="B839" t="n">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C839" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="2" t="n">
-        <v>43213</v>
+        <v>43293</v>
       </c>
       <c r="B840" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C840" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="2" t="n">
-        <v>43210</v>
+        <v>43292</v>
       </c>
       <c r="B841" t="n">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="2" t="n">
-        <v>43207</v>
+        <v>43285</v>
       </c>
       <c r="B842" t="n">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>2325</t>
         </is>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="2" t="n">
-        <v>43206</v>
+        <v>43283</v>
       </c>
       <c r="B843" t="n">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>77</t>
         </is>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="2" t="n">
-        <v>43203</v>
+        <v>43280</v>
       </c>
       <c r="B844" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="2" t="n">
-        <v>43202</v>
+        <v>43279</v>
       </c>
       <c r="B845" t="n">
         <v>203</v>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>340</t>
         </is>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="2" t="n">
-        <v>43201</v>
+        <v>43276</v>
       </c>
       <c r="B846" t="n">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="2" t="n">
-        <v>43199</v>
+        <v>43273</v>
       </c>
       <c r="B847" t="n">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="2" t="n">
-        <v>43196</v>
+        <v>43262</v>
       </c>
       <c r="B848" t="n">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="2" t="n">
-        <v>43195</v>
+        <v>43257</v>
       </c>
       <c r="B849" t="n">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="2" t="n">
-        <v>43188</v>
+        <v>43250</v>
       </c>
       <c r="B850" t="n">
         <v>204</v>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="2" t="n">
-        <v>43178</v>
+        <v>43238</v>
       </c>
       <c r="B851" t="n">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="2" t="n">
-        <v>43172</v>
+        <v>43237</v>
       </c>
       <c r="B852" t="n">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="2" t="n">
-        <v>43171</v>
+        <v>43234</v>
       </c>
       <c r="B853" t="n">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="2" t="n">
-        <v>43168</v>
+        <v>43231</v>
       </c>
       <c r="B854" t="n">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>495</t>
         </is>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="2" t="n">
-        <v>43158</v>
+        <v>43229</v>
       </c>
       <c r="B855" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="2" t="n">
-        <v>43152</v>
+        <v>43228</v>
       </c>
       <c r="B856" t="n">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>598</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="2" t="n">
-        <v>43144</v>
+        <v>43215</v>
       </c>
       <c r="B857" t="n">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C857" t="inlineStr">
         <is>
           <t>250</t>
         </is>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="2" t="n">
-        <v>43139</v>
+        <v>43213</v>
       </c>
       <c r="B858" t="n">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="2" t="n">
-        <v>43136</v>
+        <v>43210</v>
       </c>
       <c r="B859" t="n">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="2" t="n">
-        <v>43133</v>
+        <v>43207</v>
       </c>
       <c r="B860" t="n">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>301</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="2" t="n">
-        <v>43122</v>
+        <v>43206</v>
       </c>
       <c r="B861" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>1025</t>
+          <t>135</t>
         </is>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="2" t="n">
-        <v>43117</v>
+        <v>43203</v>
       </c>
       <c r="B862" t="n">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="2" t="n">
-        <v>43116</v>
+        <v>43202</v>
       </c>
       <c r="B863" t="n">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>440</t>
         </is>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="2" t="n">
-        <v>43115</v>
+        <v>43201</v>
       </c>
       <c r="B864" t="n">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="2" t="n">
-        <v>43108</v>
+        <v>43199</v>
       </c>
       <c r="B865" t="n">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>215</t>
         </is>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="2" t="n">
-        <v>43097</v>
+        <v>43196</v>
       </c>
       <c r="B866" t="n">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="2" t="n">
-        <v>43089</v>
+        <v>43195</v>
       </c>
       <c r="B867" t="n">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="2" t="n">
-        <v>43084</v>
+        <v>43188</v>
       </c>
       <c r="B868" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="2" t="n">
-        <v>43080</v>
+        <v>43178</v>
       </c>
       <c r="B869" t="n">
-        <v>203.5</v>
+        <v>200</v>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>2500</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="2" t="n">
-        <v>43073</v>
+        <v>43172</v>
       </c>
       <c r="B870" t="n">
         <v>200</v>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="2" t="n">
-        <v>43070</v>
+        <v>43171</v>
       </c>
       <c r="B871" t="n">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="2" t="n">
-        <v>43068</v>
+        <v>43168</v>
       </c>
       <c r="B872" t="n">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>680</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="2" t="n">
-        <v>43067</v>
+        <v>43158</v>
       </c>
       <c r="B873" t="n">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="2" t="n">
-        <v>43066</v>
+        <v>43152</v>
       </c>
       <c r="B874" t="n">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>598</t>
         </is>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="2" t="n">
-        <v>43063</v>
+        <v>43144</v>
       </c>
       <c r="B875" t="n">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="2" t="n">
-        <v>43062</v>
+        <v>43139</v>
       </c>
       <c r="B876" t="n">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="2" t="n">
-        <v>43056</v>
+        <v>43136</v>
       </c>
       <c r="B877" t="n">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="2" t="n">
-        <v>43052</v>
+        <v>43133</v>
       </c>
       <c r="B878" t="n">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>301</t>
         </is>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="2" t="n">
-        <v>43049</v>
+        <v>43122</v>
       </c>
       <c r="B879" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1025</t>
         </is>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="2" t="n">
-        <v>43048</v>
+        <v>43117</v>
       </c>
       <c r="B880" t="n">
         <v>204</v>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="2" t="n">
-        <v>43046</v>
+        <v>43116</v>
       </c>
       <c r="B881" t="n">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>98</t>
         </is>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="2" t="n">
-        <v>43045</v>
+        <v>43115</v>
       </c>
       <c r="B882" t="n">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="2" t="n">
-        <v>43033</v>
+        <v>43108</v>
       </c>
       <c r="B883" t="n">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="2" t="n">
-        <v>43017</v>
+        <v>43097</v>
       </c>
       <c r="B884" t="n">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>7</t>
         </is>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="2" t="n">
-        <v>43014</v>
+        <v>43089</v>
       </c>
       <c r="B885" t="n">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>65</t>
         </is>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="2" t="n">
-        <v>43012</v>
+        <v>43084</v>
       </c>
       <c r="B886" t="n">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>51250</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="2" t="n">
-        <v>43011</v>
+        <v>43080</v>
       </c>
       <c r="B887" t="n">
-        <v>199</v>
+        <v>203.5</v>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>2500</t>
         </is>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="2" t="n">
-        <v>43003</v>
+        <v>43073</v>
       </c>
       <c r="B888" t="n">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C888" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="2" t="n">
-        <v>42992</v>
+        <v>43070</v>
       </c>
       <c r="B889" t="n">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>212</t>
         </is>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="2" t="n">
-        <v>42991</v>
+        <v>43068</v>
       </c>
       <c r="B890" t="n">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>680</t>
         </is>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="2" t="n">
-        <v>42989</v>
+        <v>43067</v>
       </c>
       <c r="B891" t="n">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="2" t="n">
-        <v>42979</v>
+        <v>43066</v>
       </c>
       <c r="B892" t="n">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="2" t="n">
-        <v>42978</v>
+        <v>43063</v>
       </c>
       <c r="B893" t="n">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="2" t="n">
-        <v>42976</v>
+        <v>43062</v>
       </c>
       <c r="B894" t="n">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="2" t="n">
-        <v>42975</v>
+        <v>43056</v>
       </c>
       <c r="B895" t="n">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>575</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="2" t="n">
-        <v>42972</v>
+        <v>43052</v>
       </c>
       <c r="B896" t="n">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>265</t>
         </is>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="2" t="n">
-        <v>42965</v>
+        <v>43049</v>
       </c>
       <c r="B897" t="n">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="2" t="n">
-        <v>42956</v>
+        <v>43048</v>
       </c>
       <c r="B898" t="n">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="2" t="n">
-        <v>42954</v>
+        <v>43046</v>
       </c>
       <c r="B899" t="n">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>580</t>
         </is>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="2" t="n">
-        <v>42950</v>
+        <v>43045</v>
       </c>
       <c r="B900" t="n">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="2" t="n">
-        <v>42942</v>
+        <v>43033</v>
       </c>
       <c r="B901" t="n">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>826</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="2" t="n">
-        <v>42941</v>
+        <v>43017</v>
       </c>
       <c r="B902" t="n">
         <v>196</v>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>1789</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="2" t="n">
-        <v>42940</v>
+        <v>43014</v>
       </c>
       <c r="B903" t="n">
         <v>195</v>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>86</t>
         </is>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="2" t="n">
-        <v>42939</v>
+        <v>43012</v>
       </c>
       <c r="B904" t="n">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>51250</t>
         </is>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="2" t="n">
-        <v>42936</v>
+        <v>43011</v>
       </c>
       <c r="B905" t="n">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="2" t="n">
-        <v>42935</v>
+        <v>43003</v>
       </c>
       <c r="B906" t="n">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>248</t>
+          <t>144</t>
         </is>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="2" t="n">
-        <v>42933</v>
+        <v>42992</v>
       </c>
       <c r="B907" t="n">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="2" t="n">
-        <v>42930</v>
+        <v>42991</v>
       </c>
       <c r="B908" t="n">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="2" t="n">
-        <v>42928</v>
+        <v>42989</v>
       </c>
       <c r="B909" t="n">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>106</t>
         </is>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="2" t="n">
-        <v>42916</v>
+        <v>42979</v>
       </c>
       <c r="B910" t="n">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>165</t>
         </is>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="2" t="n">
-        <v>42914</v>
+        <v>42978</v>
       </c>
       <c r="B911" t="n">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="2" t="n">
-        <v>42908</v>
+        <v>42976</v>
       </c>
       <c r="B912" t="n">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>312</t>
         </is>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="2" t="n">
-        <v>42906</v>
+        <v>42975</v>
       </c>
       <c r="B913" t="n">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>575</t>
         </is>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="2" t="n">
-        <v>42902</v>
+        <v>42972</v>
       </c>
       <c r="B914" t="n">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="2" t="n">
-        <v>42900</v>
+        <v>42965</v>
       </c>
       <c r="B915" t="n">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="2" t="n">
-        <v>42886</v>
+        <v>42956</v>
       </c>
       <c r="B916" t="n">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>1250</t>
+          <t>19</t>
         </is>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="2" t="n">
-        <v>42885</v>
+        <v>42954</v>
       </c>
       <c r="B917" t="n">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="2" t="n">
-        <v>42879</v>
+        <v>42950</v>
       </c>
       <c r="B918" t="n">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="2" t="n">
-        <v>42878</v>
+        <v>42942</v>
       </c>
       <c r="B919" t="n">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>826</t>
         </is>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="2" t="n">
-        <v>42876</v>
+        <v>42941</v>
       </c>
       <c r="B920" t="n">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1789</t>
         </is>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="2" t="n">
-        <v>42872</v>
+        <v>42940</v>
       </c>
       <c r="B921" t="n">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>2688</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="2" t="n">
-        <v>42871</v>
+        <v>42939</v>
       </c>
       <c r="B922" t="n">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="2" t="n">
-        <v>42865</v>
+        <v>42936</v>
       </c>
       <c r="B923" t="n">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>290</t>
         </is>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="2" t="n">
-        <v>42863</v>
+        <v>42935</v>
       </c>
       <c r="B924" t="n">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>248</t>
         </is>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="2" t="n">
-        <v>42852</v>
+        <v>42933</v>
       </c>
       <c r="B925" t="n">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="2" t="n">
-        <v>42850</v>
+        <v>42930</v>
       </c>
       <c r="B926" t="n">
-        <v>171.5</v>
+        <v>190</v>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="2" t="n">
-        <v>42849</v>
+        <v>42928</v>
       </c>
       <c r="B927" t="n">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="2" t="n">
-        <v>42843</v>
+        <v>42916</v>
       </c>
       <c r="B928" t="n">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="2" t="n">
-        <v>42832</v>
+        <v>42914</v>
       </c>
       <c r="B929" t="n">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="2" t="n">
-        <v>42831</v>
+        <v>42908</v>
       </c>
       <c r="B930" t="n">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="C930" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="2" t="n">
-        <v>42830</v>
+        <v>42906</v>
       </c>
       <c r="B931" t="n">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="2" t="n">
-        <v>42822</v>
+        <v>42902</v>
       </c>
       <c r="B932" t="n">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>6204</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="2" t="n">
-        <v>42811</v>
+        <v>42900</v>
       </c>
       <c r="B933" t="n">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="2" t="n">
-        <v>42797</v>
+        <v>42886</v>
       </c>
       <c r="B934" t="n">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>1250</t>
         </is>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="2" t="n">
-        <v>42792</v>
+        <v>42885</v>
       </c>
       <c r="B935" t="n">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="2" t="n">
-        <v>42789</v>
+        <v>42879</v>
       </c>
       <c r="B936" t="n">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="2" t="n">
-        <v>42787</v>
+        <v>42878</v>
       </c>
       <c r="B937" t="n">
-        <v>166</v>
+        <v>182</v>
       </c>
       <c r="C937" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="2" t="n">
-        <v>42786</v>
+        <v>42876</v>
       </c>
       <c r="B938" t="n">
-        <v>160.5</v>
+        <v>182</v>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="2" t="n">
-        <v>42779</v>
+        <v>42872</v>
       </c>
       <c r="B939" t="n">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>2688</t>
         </is>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="2" t="n">
-        <v>42776</v>
+        <v>42871</v>
       </c>
       <c r="B940" t="n">
-        <v>165</v>
+        <v>185</v>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="2" t="n">
-        <v>42773</v>
+        <v>42865</v>
       </c>
       <c r="B941" t="n">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="2" t="n">
-        <v>42769</v>
+        <v>42863</v>
       </c>
       <c r="B942" t="n">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="2" t="n">
-        <v>42768</v>
+        <v>42852</v>
       </c>
       <c r="B943" t="n">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="2" t="n">
-        <v>42761</v>
+        <v>42850</v>
       </c>
       <c r="B944" t="n">
-        <v>164</v>
+        <v>171.5</v>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="2" t="n">
-        <v>42760</v>
+        <v>42849</v>
       </c>
       <c r="B945" t="n">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="2" t="n">
-        <v>42758</v>
+        <v>42843</v>
       </c>
       <c r="B946" t="n">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>361</t>
         </is>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="2" t="n">
-        <v>42751</v>
+        <v>42832</v>
       </c>
       <c r="B947" t="n">
-        <v>162.1</v>
+        <v>170</v>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="2" t="n">
-        <v>42744</v>
+        <v>42831</v>
       </c>
       <c r="B948" t="n">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="2" t="n">
-        <v>42740</v>
+        <v>42830</v>
       </c>
       <c r="B949" t="n">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C949" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="2" t="n">
-        <v>42738</v>
+        <v>42822</v>
       </c>
       <c r="B950" t="n">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="C950" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>6204</t>
         </is>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="2" t="n">
-        <v>42726</v>
+        <v>42811</v>
       </c>
       <c r="B951" t="n">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="C951" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="2" t="n">
-        <v>42725</v>
+        <v>42797</v>
       </c>
       <c r="B952" t="n">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="C952" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>490</t>
         </is>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="2" t="n">
-        <v>42723</v>
+        <v>42792</v>
       </c>
       <c r="B953" t="n">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>654</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="2" t="n">
-        <v>42713</v>
+        <v>42789</v>
       </c>
       <c r="B954" t="n">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="2" t="n">
-        <v>42710</v>
+        <v>42787</v>
       </c>
       <c r="B955" t="n">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C955" t="inlineStr">
         <is>
-          <t>625</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="2" t="n">
-        <v>42705</v>
+        <v>42786</v>
       </c>
       <c r="B956" t="n">
-        <v>158</v>
+        <v>160.5</v>
       </c>
       <c r="C956" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="2" t="n">
-        <v>42704</v>
+        <v>42779</v>
       </c>
       <c r="B957" t="n">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C957" t="inlineStr">
         <is>
-          <t>979</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="2" t="n">
-        <v>42695</v>
+        <v>42776</v>
       </c>
       <c r="B958" t="n">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="C958" t="inlineStr">
         <is>
-          <t>730</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="2" t="n">
-        <v>42692</v>
+        <v>42773</v>
       </c>
       <c r="B959" t="n">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="2" t="n">
-        <v>42691</v>
+        <v>42769</v>
       </c>
       <c r="B960" t="n">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>10260</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="2" t="n">
-        <v>42676</v>
+        <v>42768</v>
       </c>
       <c r="B961" t="n">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="C961" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="2" t="n">
-        <v>42653</v>
+        <v>42761</v>
       </c>
       <c r="B962" t="n">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="C962" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="2" t="n">
-        <v>42643</v>
+        <v>42760</v>
       </c>
       <c r="B963" t="n">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C963" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="2" t="n">
-        <v>42642</v>
+        <v>42758</v>
       </c>
       <c r="B964" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C964" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>185</t>
         </is>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="2" t="n">
-        <v>42634</v>
+        <v>42751</v>
       </c>
       <c r="B965" t="n">
-        <v>160</v>
+        <v>162.1</v>
       </c>
       <c r="C965" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>42</t>
         </is>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="2" t="n">
-        <v>42633</v>
+        <v>42744</v>
       </c>
       <c r="B966" t="n">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>835</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="2" t="n">
-        <v>42632</v>
+        <v>42740</v>
       </c>
       <c r="B967" t="n">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="C967" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>475</t>
         </is>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="2" t="n">
-        <v>42621</v>
+        <v>42738</v>
       </c>
       <c r="B968" t="n">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C968" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>123</t>
         </is>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="2" t="n">
-        <v>42619</v>
+        <v>42726</v>
       </c>
       <c r="B969" t="n">
-        <v>148.5</v>
+        <v>160</v>
       </c>
       <c r="C969" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="2" t="n">
-        <v>42615</v>
+        <v>42725</v>
       </c>
       <c r="B970" t="n">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="2" t="n">
-        <v>42614</v>
+        <v>42723</v>
       </c>
       <c r="B971" t="n">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>654</t>
         </is>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="2" t="n">
-        <v>42606</v>
+        <v>42713</v>
       </c>
       <c r="B972" t="n">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="2" t="n">
-        <v>42604</v>
+        <v>42710</v>
       </c>
       <c r="B973" t="n">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C973" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>625</t>
         </is>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="2" t="n">
-        <v>42601</v>
+        <v>42705</v>
       </c>
       <c r="B974" t="n">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>1540</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="2" t="n">
-        <v>42587</v>
+        <v>42704</v>
       </c>
       <c r="B975" t="n">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>979</t>
         </is>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="2" t="n">
-        <v>42584</v>
+        <v>42695</v>
       </c>
       <c r="B976" t="n">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="C976" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>730</t>
         </is>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="2" t="n">
-        <v>42580</v>
+        <v>42692</v>
       </c>
       <c r="B977" t="n">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="C977" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>290</t>
         </is>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="2" t="n">
-        <v>42579</v>
+        <v>42691</v>
       </c>
       <c r="B978" t="n">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C978" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>10260</t>
         </is>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="2" t="n">
-        <v>42570</v>
+        <v>42676</v>
       </c>
       <c r="B979" t="n">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="2" t="n">
-        <v>42538</v>
+        <v>42653</v>
       </c>
       <c r="B980" t="n">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="C980" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="2" t="n">
-        <v>42535</v>
+        <v>42643</v>
       </c>
       <c r="B981" t="n">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="C981" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>125</t>
         </is>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="2" t="n">
-        <v>42524</v>
+        <v>42642</v>
       </c>
       <c r="B982" t="n">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="C982" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="2" t="n">
-        <v>42522</v>
+        <v>42634</v>
       </c>
       <c r="B983" t="n">
-        <v>143</v>
+        <v>160</v>
       </c>
       <c r="C983" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="2" t="n">
-        <v>42510</v>
+        <v>42633</v>
       </c>
       <c r="B984" t="n">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="C984" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>835</t>
         </is>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="2" t="n">
-        <v>42508</v>
+        <v>42632</v>
       </c>
       <c r="B985" t="n">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="C985" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="2" t="n">
-        <v>42489</v>
+        <v>42621</v>
       </c>
       <c r="B986" t="n">
-        <v>146.2</v>
+        <v>153</v>
       </c>
       <c r="C986" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="2" t="n">
-        <v>42468</v>
+        <v>42619</v>
       </c>
       <c r="B987" t="n">
-        <v>146.2</v>
+        <v>148.5</v>
       </c>
       <c r="C987" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="2" t="n">
-        <v>42459</v>
+        <v>42615</v>
       </c>
       <c r="B988" t="n">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C988" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="2" t="n">
-        <v>42444</v>
+        <v>42614</v>
       </c>
       <c r="B989" t="n">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C989" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="2" t="n">
-        <v>42440</v>
+        <v>42606</v>
       </c>
       <c r="B990" t="n">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="C990" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="2" t="n">
-        <v>42437</v>
+        <v>42604</v>
       </c>
       <c r="B991" t="n">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="2" t="n">
-        <v>42426</v>
+        <v>42601</v>
       </c>
       <c r="B992" t="n">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1540</t>
         </is>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="2" t="n">
-        <v>42424</v>
+        <v>42587</v>
       </c>
       <c r="B993" t="n">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="2" t="n">
-        <v>42411</v>
+        <v>42584</v>
       </c>
       <c r="B994" t="n">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C994" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="2" t="n">
-        <v>42401</v>
+        <v>42580</v>
       </c>
       <c r="B995" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C995" t="inlineStr">
         <is>
-          <t>1018</t>
+          <t>275</t>
         </is>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="2" t="n">
-        <v>42396</v>
+        <v>42579</v>
       </c>
       <c r="B996" t="n">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C996" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="2" t="n">
-        <v>42382</v>
+        <v>42570</v>
       </c>
       <c r="B997" t="n">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="C997" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>22</t>
         </is>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="2" t="n">
-        <v>42381</v>
+        <v>42538</v>
       </c>
       <c r="B998" t="n">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C998" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="2" t="n">
-        <v>42346</v>
+        <v>42535</v>
       </c>
       <c r="B999" t="n">
-        <v>151.5</v>
+        <v>142</v>
       </c>
       <c r="C999" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="2" t="n">
-        <v>42333</v>
+        <v>42524</v>
       </c>
       <c r="B1000" t="n">
-        <v>151.5</v>
+        <v>148</v>
       </c>
       <c r="C1000" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="2" t="n">
-        <v>42331</v>
+        <v>42522</v>
       </c>
       <c r="B1001" t="n">
-        <v>151.5</v>
+        <v>143</v>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="2" t="n">
-        <v>42326</v>
+        <v>42510</v>
       </c>
       <c r="B1002" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C1002" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="2" t="n">
-        <v>42318</v>
+        <v>42508</v>
       </c>
       <c r="B1003" t="n">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="C1003" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="2" t="n">
-        <v>42311</v>
+        <v>42489</v>
       </c>
       <c r="B1004" t="n">
-        <v>152</v>
+        <v>146.2</v>
       </c>
       <c r="C1004" t="inlineStr">
         <is>
-          <t>885</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="2" t="n">
-        <v>42306</v>
+        <v>42468</v>
       </c>
       <c r="B1005" t="n">
-        <v>152</v>
+        <v>146.2</v>
       </c>
       <c r="C1005" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="2" t="n">
-        <v>42299</v>
+        <v>42459</v>
       </c>
       <c r="B1006" t="n">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C1006" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="2" t="n">
-        <v>42293</v>
+        <v>42444</v>
       </c>
       <c r="B1007" t="n">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C1007" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="2" t="n">
-        <v>42292</v>
+        <v>42440</v>
       </c>
       <c r="B1008" t="n">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="2" t="n">
-        <v>42282</v>
+        <v>42437</v>
       </c>
       <c r="B1009" t="n">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="2" t="n">
-        <v>42261</v>
+        <v>42426</v>
       </c>
       <c r="B1010" t="n">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="2" t="n">
-        <v>42258</v>
+        <v>42424</v>
       </c>
       <c r="B1011" t="n">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="C1011" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>123</t>
         </is>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="2" t="n">
-        <v>42257</v>
+        <v>42411</v>
       </c>
       <c r="B1012" t="n">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="C1012" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="2" t="n">
-        <v>42255</v>
+        <v>42401</v>
       </c>
       <c r="B1013" t="n">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C1013" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1018</t>
         </is>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="2" t="n">
-        <v>42247</v>
+        <v>42396</v>
       </c>
       <c r="B1014" t="n">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>52</t>
         </is>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="2" t="n">
-        <v>42240</v>
+        <v>42382</v>
       </c>
       <c r="B1015" t="n">
         <v>152</v>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="2" t="n">
-        <v>42235</v>
+        <v>42381</v>
       </c>
       <c r="B1016" t="n">
-        <v>155.1</v>
+        <v>150</v>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>195</t>
+          <t>18</t>
         </is>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="2" t="n">
-        <v>42234</v>
+        <v>42346</v>
       </c>
       <c r="B1017" t="n">
-        <v>159</v>
+        <v>151.5</v>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="2" t="n">
-        <v>42213</v>
+        <v>42333</v>
       </c>
       <c r="B1018" t="n">
-        <v>155</v>
+        <v>151.5</v>
       </c>
       <c r="C1018" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="2" t="n">
-        <v>42212</v>
+        <v>42331</v>
       </c>
       <c r="B1019" t="n">
-        <v>158</v>
+        <v>151.5</v>
       </c>
       <c r="C1019" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="2" t="n">
-        <v>42209</v>
+        <v>42326</v>
       </c>
       <c r="B1020" t="n">
-        <v>155.1</v>
+        <v>150</v>
       </c>
       <c r="C1020" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="2" t="n">
-        <v>42207</v>
+        <v>42318</v>
       </c>
       <c r="B1021" t="n">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="2" t="n">
-        <v>42205</v>
+        <v>42311</v>
       </c>
       <c r="B1022" t="n">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>885</t>
         </is>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="2" t="n">
-        <v>42200</v>
+        <v>42306</v>
       </c>
       <c r="B1023" t="n">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>1440</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="2" t="n">
-        <v>42186</v>
+        <v>42299</v>
       </c>
       <c r="B1024" t="n">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>130</t>
         </is>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="2" t="n">
-        <v>42178</v>
+        <v>42293</v>
       </c>
       <c r="B1025" t="n">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="2" t="n">
-        <v>42177</v>
+        <v>42292</v>
       </c>
       <c r="B1026" t="n">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>101</t>
         </is>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="2" t="n">
-        <v>42151</v>
+        <v>42282</v>
       </c>
       <c r="B1027" t="n">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="2" t="n">
-        <v>42145</v>
+        <v>42261</v>
       </c>
       <c r="B1028" t="n">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>646</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="2" t="n">
-        <v>42143</v>
+        <v>42258</v>
       </c>
       <c r="B1029" t="n">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="2" t="n">
-        <v>42142</v>
+        <v>42257</v>
       </c>
       <c r="B1030" t="n">
-        <v>148.5</v>
+        <v>157</v>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="2" t="n">
-        <v>42129</v>
+        <v>42255</v>
       </c>
       <c r="B1031" t="n">
-        <v>151.5</v>
+        <v>155</v>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="2" t="n">
-        <v>42128</v>
+        <v>42247</v>
       </c>
       <c r="B1032" t="n">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="2" t="n">
-        <v>42111</v>
+        <v>42240</v>
       </c>
       <c r="B1033" t="n">
-        <v>151.5</v>
+        <v>152</v>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="2" t="n">
-        <v>42104</v>
+        <v>42235</v>
       </c>
       <c r="B1034" t="n">
-        <v>152</v>
+        <v>155.1</v>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>195</t>
         </is>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="2" t="n">
-        <v>42103</v>
+        <v>42234</v>
       </c>
       <c r="B1035" t="n">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="2" t="n">
-        <v>42095</v>
+        <v>42213</v>
       </c>
       <c r="B1036" t="n">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="2" t="n">
-        <v>42089</v>
+        <v>42212</v>
       </c>
       <c r="B1037" t="n">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="2" t="n">
-        <v>42086</v>
+        <v>42209</v>
       </c>
       <c r="B1038" t="n">
-        <v>150</v>
+        <v>155.1</v>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="2" t="n">
-        <v>42082</v>
+        <v>42207</v>
       </c>
       <c r="B1039" t="n">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="2" t="n">
-        <v>42079</v>
+        <v>42205</v>
       </c>
       <c r="B1040" t="n">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="2" t="n">
-        <v>42075</v>
+        <v>42200</v>
       </c>
       <c r="B1041" t="n">
-        <v>149.5</v>
+        <v>155</v>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>1440</t>
         </is>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="2" t="n">
-        <v>42074</v>
+        <v>42186</v>
       </c>
       <c r="B1042" t="n">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>380</t>
         </is>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="2" t="n">
-        <v>42072</v>
+        <v>42178</v>
       </c>
       <c r="B1043" t="n">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="2" t="n">
-        <v>42069</v>
+        <v>42177</v>
       </c>
       <c r="B1044" t="n">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="2" t="n">
-        <v>42068</v>
+        <v>42151</v>
       </c>
       <c r="B1045" t="n">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>129</t>
         </is>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="2" t="n">
-        <v>42061</v>
+        <v>42145</v>
       </c>
       <c r="B1046" t="n">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>890</t>
+          <t>646</t>
         </is>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="2" t="n">
-        <v>42060</v>
+        <v>42143</v>
       </c>
       <c r="B1047" t="n">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="2" t="n">
-        <v>42059</v>
+        <v>42142</v>
       </c>
       <c r="B1048" t="n">
-        <v>140</v>
+        <v>148.5</v>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>165</t>
         </is>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="2" t="n">
-        <v>42047</v>
+        <v>42129</v>
       </c>
       <c r="B1049" t="n">
-        <v>141</v>
+        <v>151.5</v>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="2" t="n">
-        <v>42046</v>
+        <v>42128</v>
       </c>
       <c r="B1050" t="n">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="2" t="n">
-        <v>42033</v>
+        <v>42111</v>
       </c>
       <c r="B1051" t="n">
-        <v>140</v>
+        <v>151.5</v>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="2" t="n">
-        <v>42032</v>
+        <v>42104</v>
       </c>
       <c r="B1052" t="n">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="2" t="n">
-        <v>42027</v>
+        <v>42103</v>
       </c>
       <c r="B1053" t="n">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="2" t="n">
-        <v>42025</v>
+        <v>42095</v>
       </c>
       <c r="B1054" t="n">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>660</t>
         </is>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="2" t="n">
-        <v>42024</v>
+        <v>42089</v>
       </c>
       <c r="B1055" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>295</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="2" t="n">
-        <v>42023</v>
+        <v>42086</v>
       </c>
       <c r="B1056" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="2" t="n">
-        <v>42020</v>
+        <v>42082</v>
       </c>
       <c r="B1057" t="n">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="2" t="n">
-        <v>42019</v>
+        <v>42079</v>
       </c>
       <c r="B1058" t="n">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="2" t="n">
-        <v>42018</v>
+        <v>42075</v>
       </c>
       <c r="B1059" t="n">
-        <v>139</v>
+        <v>149.5</v>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>616</t>
+          <t>220</t>
         </is>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="2" t="n">
-        <v>42017</v>
+        <v>42074</v>
       </c>
       <c r="B1060" t="n">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="2" t="n">
-        <v>42012</v>
+        <v>42072</v>
       </c>
       <c r="B1061" t="n">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="2" t="n">
-        <v>42003</v>
+        <v>42069</v>
       </c>
       <c r="B1062" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="2" t="n">
-        <v>41992</v>
+        <v>42068</v>
       </c>
       <c r="B1063" t="n">
-        <v>144.5</v>
+        <v>139</v>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="2" t="n">
-        <v>41991</v>
+        <v>42061</v>
       </c>
       <c r="B1064" t="n">
-        <v>144.3</v>
+        <v>139</v>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>890</t>
         </is>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="2" t="n">
-        <v>41989</v>
+        <v>42060</v>
       </c>
       <c r="B1065" t="n">
-        <v>144.5</v>
+        <v>140</v>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="2" t="n">
-        <v>41985</v>
+        <v>42059</v>
       </c>
       <c r="B1066" t="n">
         <v>140</v>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>620</t>
         </is>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="2" t="n">
-        <v>41982</v>
+        <v>42047</v>
       </c>
       <c r="B1067" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="2" t="n">
-        <v>41981</v>
+        <v>42046</v>
       </c>
       <c r="B1068" t="n">
-        <v>144.5</v>
+        <v>138</v>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>44</t>
         </is>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="2" t="n">
-        <v>41975</v>
+        <v>42033</v>
       </c>
       <c r="B1069" t="n">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="2" t="n">
-        <v>41962</v>
+        <v>42032</v>
       </c>
       <c r="B1070" t="n">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="2" t="n">
-        <v>41947</v>
+        <v>42027</v>
       </c>
       <c r="B1071" t="n">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="2" t="n">
-        <v>41936</v>
+        <v>42025</v>
       </c>
       <c r="B1072" t="n">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>460</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="2" t="n">
-        <v>41925</v>
+        <v>42024</v>
       </c>
       <c r="B1073" t="n">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>295</t>
         </is>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="2" t="n">
-        <v>41922</v>
+        <v>42023</v>
       </c>
       <c r="B1074" t="n">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="2" t="n">
-        <v>41920</v>
+        <v>42020</v>
       </c>
       <c r="B1075" t="n">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="2" t="n">
-        <v>41913</v>
+        <v>42019</v>
       </c>
       <c r="B1076" t="n">
-        <v>149.5</v>
+        <v>142</v>
       </c>
       <c r="C1076" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="2" t="n">
-        <v>41900</v>
+        <v>42018</v>
       </c>
       <c r="B1077" t="n">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="C1077" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>616</t>
         </is>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="2" t="n">
-        <v>41899</v>
+        <v>42017</v>
       </c>
       <c r="B1078" t="n">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="C1078" t="inlineStr">
         <is>
-          <t>740</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="2" t="n">
-        <v>41894</v>
+        <v>42012</v>
       </c>
       <c r="B1079" t="n">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="C1079" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="2" t="n">
-        <v>41880</v>
+        <v>42003</v>
       </c>
       <c r="B1080" t="n">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C1080" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="2" t="n">
-        <v>41879</v>
+        <v>41992</v>
       </c>
       <c r="B1081" t="n">
-        <v>154</v>
+        <v>144.5</v>
       </c>
       <c r="C1081" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="2" t="n">
-        <v>41859</v>
+        <v>41991</v>
       </c>
       <c r="B1082" t="n">
-        <v>156</v>
+        <v>144.3</v>
       </c>
       <c r="C1082" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="2" t="n">
-        <v>41855</v>
+        <v>41989</v>
       </c>
       <c r="B1083" t="n">
-        <v>160</v>
+        <v>144.5</v>
       </c>
       <c r="C1083" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="2" t="n">
-        <v>41851</v>
+        <v>41985</v>
       </c>
       <c r="B1084" t="n">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="C1084" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="2" t="n">
-        <v>41848</v>
+        <v>41982</v>
       </c>
       <c r="B1085" t="n">
-        <v>157</v>
+        <v>140</v>
       </c>
       <c r="C1085" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="2" t="n">
-        <v>41845</v>
+        <v>41981</v>
       </c>
       <c r="B1086" t="n">
-        <v>157</v>
+        <v>144.5</v>
       </c>
       <c r="C1086" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="2" t="n">
-        <v>41844</v>
+        <v>41975</v>
       </c>
       <c r="B1087" t="n">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="C1087" t="inlineStr">
         <is>
-          <t>3580</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="2" t="n">
-        <v>41841</v>
+        <v>41962</v>
       </c>
       <c r="B1088" t="n">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C1088" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>132</t>
         </is>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="2" t="n">
-        <v>41838</v>
+        <v>41947</v>
       </c>
       <c r="B1089" t="n">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C1089" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="2" t="n">
-        <v>41836</v>
+        <v>41936</v>
       </c>
       <c r="B1090" t="n">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="C1090" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>460</t>
         </is>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="2" t="n">
-        <v>41829</v>
+        <v>41925</v>
       </c>
       <c r="B1091" t="n">
-        <v>143.5</v>
+        <v>149</v>
       </c>
       <c r="C1091" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="2" t="n">
-        <v>41824</v>
+        <v>41922</v>
       </c>
       <c r="B1092" t="n">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C1092" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="2" t="n">
-        <v>41817</v>
+        <v>41920</v>
       </c>
       <c r="B1093" t="n">
-        <v>143.5</v>
+        <v>150</v>
       </c>
       <c r="C1093" t="inlineStr">
         <is>
-          <t>249</t>
+          <t>335</t>
         </is>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="2" t="n">
-        <v>41814</v>
+        <v>41913</v>
       </c>
       <c r="B1094" t="n">
-        <v>143.5</v>
+        <v>149.5</v>
       </c>
       <c r="C1094" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="2" t="n">
-        <v>41810</v>
+        <v>41900</v>
       </c>
       <c r="B1095" t="n">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="C1095" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="2" t="n">
-        <v>41806</v>
+        <v>41899</v>
       </c>
       <c r="B1096" t="n">
-        <v>142.9</v>
+        <v>157</v>
       </c>
       <c r="C1096" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>740</t>
         </is>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="2" t="n">
-        <v>41802</v>
+        <v>41894</v>
       </c>
       <c r="B1097" t="n">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="C1097" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>95</t>
         </is>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="2" t="n">
-        <v>41800</v>
+        <v>41880</v>
       </c>
       <c r="B1098" t="n">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="C1098" t="inlineStr">
         <is>
-          <t>735</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="2" t="n">
-        <v>41796</v>
+        <v>41879</v>
       </c>
       <c r="B1099" t="n">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C1099" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="2" t="n">
-        <v>41792</v>
+        <v>41859</v>
       </c>
       <c r="B1100" t="n">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="C1100" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="2" t="n">
-        <v>41789</v>
+        <v>41855</v>
       </c>
       <c r="B1101" t="n">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="C1101" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="2" t="n">
-        <v>41781</v>
+        <v>41851</v>
       </c>
       <c r="B1102" t="n">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="C1102" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>710</t>
         </is>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="2" t="n">
-        <v>41780</v>
+        <v>41848</v>
       </c>
       <c r="B1103" t="n">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="C1103" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>620</t>
         </is>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="2" t="n">
-        <v>41779</v>
+        <v>41845</v>
       </c>
       <c r="B1104" t="n">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C1104" t="inlineStr">
         <is>
-          <t>1020</t>
+          <t>910</t>
         </is>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="2" t="n">
-        <v>41778</v>
+        <v>41844</v>
       </c>
       <c r="B1105" t="n">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="C1105" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>3580</t>
         </is>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="2" t="n">
-        <v>41775</v>
+        <v>41841</v>
       </c>
       <c r="B1106" t="n">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C1106" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="2" t="n">
-        <v>41774</v>
+        <v>41838</v>
       </c>
       <c r="B1107" t="n">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C1107" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="2" t="n">
-        <v>41772</v>
+        <v>41836</v>
       </c>
       <c r="B1108" t="n">
         <v>141</v>
       </c>
       <c r="C1108" t="inlineStr">
         <is>
-          <t>461</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="2" t="n">
-        <v>41771</v>
+        <v>41829</v>
       </c>
       <c r="B1109" t="n">
-        <v>139</v>
+        <v>143.5</v>
       </c>
       <c r="C1109" t="inlineStr">
         <is>
-          <t>1571</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="2" t="n">
-        <v>41767</v>
+        <v>41824</v>
       </c>
       <c r="B1110" t="n">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C1110" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="2" t="n">
-        <v>41764</v>
+        <v>41817</v>
       </c>
       <c r="B1111" t="n">
-        <v>135</v>
+        <v>143.5</v>
       </c>
       <c r="C1111" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>249</t>
         </is>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="2" t="n">
-        <v>41759</v>
+        <v>41814</v>
       </c>
       <c r="B1112" t="n">
-        <v>140</v>
+        <v>143.5</v>
       </c>
       <c r="C1112" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="2" t="n">
-        <v>41758</v>
+        <v>41810</v>
       </c>
       <c r="B1113" t="n">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="C1113" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="2" t="n">
-        <v>41757</v>
+        <v>41806</v>
       </c>
       <c r="B1114" t="n">
-        <v>140</v>
+        <v>142.9</v>
       </c>
       <c r="C1114" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>2020</t>
         </is>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="2" t="n">
-        <v>41752</v>
+        <v>41802</v>
       </c>
       <c r="B1115" t="n">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="C1115" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="2" t="n">
-        <v>41751</v>
+        <v>41800</v>
       </c>
       <c r="B1116" t="n">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C1116" t="inlineStr">
         <is>
-          <t>3840</t>
+          <t>735</t>
         </is>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="2" t="n">
-        <v>41744</v>
+        <v>41796</v>
       </c>
       <c r="B1117" t="n">
         <v>140</v>
       </c>
       <c r="C1117" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="2" t="n">
-        <v>41743</v>
+        <v>41792</v>
       </c>
       <c r="B1118" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C1118" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="2" t="n">
-        <v>41732</v>
+        <v>41789</v>
       </c>
       <c r="B1119" t="n">
         <v>140</v>
       </c>
       <c r="C1119" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="2" t="n">
-        <v>41731</v>
+        <v>41781</v>
       </c>
       <c r="B1120" t="n">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C1120" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="2" t="n">
-        <v>41724</v>
+        <v>41780</v>
       </c>
       <c r="B1121" t="n">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C1121" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="2" t="n">
-        <v>41716</v>
+        <v>41779</v>
       </c>
       <c r="B1122" t="n">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C1122" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1020</t>
         </is>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="2" t="n">
-        <v>41715</v>
+        <v>41778</v>
       </c>
       <c r="B1123" t="n">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C1123" t="inlineStr">
         <is>
-          <t>3005</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="2" t="n">
-        <v>41711</v>
+        <v>41775</v>
       </c>
       <c r="B1124" t="n">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C1124" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="2" t="n">
-        <v>41710</v>
+        <v>41774</v>
       </c>
       <c r="B1125" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C1125" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="2" t="n">
-        <v>41697</v>
+        <v>41772</v>
       </c>
       <c r="B1126" t="n">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="C1126" t="inlineStr">
         <is>
-          <t>1570</t>
+          <t>461</t>
         </is>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="2" t="n">
-        <v>41696</v>
+        <v>41771</v>
       </c>
       <c r="B1127" t="n">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C1127" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>1571</t>
         </is>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="2" t="n">
-        <v>41690</v>
+        <v>41767</v>
       </c>
       <c r="B1128" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C1128" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>131</t>
         </is>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="2" t="n">
-        <v>41688</v>
+        <v>41764</v>
       </c>
       <c r="B1129" t="n">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="C1129" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="2" t="n">
-        <v>41674</v>
+        <v>41759</v>
       </c>
       <c r="B1130" t="n">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C1130" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="2" t="n">
-        <v>41662</v>
+        <v>41758</v>
       </c>
       <c r="B1131" t="n">
-        <v>146</v>
+        <v>135</v>
       </c>
       <c r="C1131" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="2" t="n">
-        <v>41661</v>
+        <v>41757</v>
       </c>
       <c r="B1132" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C1132" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="2" t="n">
-        <v>41638</v>
+        <v>41752</v>
       </c>
       <c r="B1133" t="n">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="C1133" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="2" t="n">
-        <v>41627</v>
+        <v>41751</v>
       </c>
       <c r="B1134" t="n">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C1134" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>3840</t>
         </is>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="2" t="n">
-        <v>41624</v>
+        <v>41744</v>
       </c>
       <c r="B1135" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C1135" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="2" t="n">
-        <v>41621</v>
+        <v>41743</v>
       </c>
       <c r="B1136" t="n">
         <v>140</v>
       </c>
       <c r="C1136" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="2" t="n">
-        <v>41620</v>
+        <v>41732</v>
       </c>
       <c r="B1137" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C1137" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="2" t="n">
-        <v>41619</v>
+        <v>41731</v>
       </c>
       <c r="B1138" t="n">
         <v>140</v>
       </c>
       <c r="C1138" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="2" t="n">
-        <v>41618</v>
+        <v>41724</v>
       </c>
       <c r="B1139" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C1139" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="2" t="n">
-        <v>41617</v>
+        <v>41716</v>
       </c>
       <c r="B1140" t="n">
         <v>140</v>
       </c>
       <c r="C1140" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="2" t="n">
-        <v>41603</v>
+        <v>41715</v>
       </c>
       <c r="B1141" t="n">
         <v>145</v>
       </c>
       <c r="C1141" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>3005</t>
         </is>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="2" t="n">
-        <v>41596</v>
+        <v>41711</v>
       </c>
       <c r="B1142" t="n">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C1142" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>215</t>
         </is>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="2" t="n">
-        <v>41593</v>
+        <v>41710</v>
       </c>
       <c r="B1143" t="n">
         <v>142</v>
       </c>
       <c r="C1143" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="2" t="n">
-        <v>41578</v>
+        <v>41697</v>
       </c>
       <c r="B1144" t="n">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C1144" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>1570</t>
         </is>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="2" t="n">
-        <v>41576</v>
+        <v>41696</v>
       </c>
       <c r="B1145" t="n">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C1145" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>306</t>
         </is>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="2" t="n">
-        <v>41571</v>
+        <v>41690</v>
       </c>
       <c r="B1146" t="n">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C1146" t="inlineStr">
         <is>
-          <t>1399</t>
+          <t>79</t>
         </is>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="2" t="n">
-        <v>41565</v>
+        <v>41688</v>
       </c>
       <c r="B1147" t="n">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="C1147" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="2" t="n">
-        <v>41564</v>
+        <v>41674</v>
       </c>
       <c r="B1148" t="n">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C1148" t="inlineStr">
         <is>
-          <t>1280</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="2" t="n">
-        <v>41547</v>
+        <v>41662</v>
       </c>
       <c r="B1149" t="n">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C1149" t="inlineStr">
         <is>
-          <t>1055</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="2" t="n">
-        <v>41530</v>
+        <v>41661</v>
       </c>
       <c r="B1150" t="n">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C1150" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="2" t="n">
-        <v>41527</v>
+        <v>41638</v>
       </c>
       <c r="B1151" t="n">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C1151" t="inlineStr">
         <is>
-          <t>1400</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="2" t="n">
-        <v>41526</v>
+        <v>41627</v>
       </c>
       <c r="B1152" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C1152" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="2" t="n">
-        <v>41523</v>
+        <v>41624</v>
       </c>
       <c r="B1153" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C1153" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="2" t="n">
-        <v>41516</v>
+        <v>41621</v>
       </c>
       <c r="B1154" t="n">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C1154" t="inlineStr">
         <is>
-          <t>2925</t>
+          <t>230</t>
         </is>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="2" t="n">
-        <v>41515</v>
+        <v>41620</v>
       </c>
       <c r="B1155" t="n">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C1155" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="2" t="n">
-        <v>41514</v>
+        <v>41619</v>
       </c>
       <c r="B1156" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C1156" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="2" t="n">
-        <v>41513</v>
+        <v>41618</v>
       </c>
       <c r="B1157" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C1157" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="2" t="n">
-        <v>41506</v>
+        <v>41617</v>
       </c>
       <c r="B1158" t="n">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="C1158" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="2" t="n">
-        <v>41505</v>
+        <v>41603</v>
       </c>
       <c r="B1159" t="n">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C1159" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="2" t="n">
-        <v>41502</v>
+        <v>41596</v>
       </c>
       <c r="B1160" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C1160" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>212</t>
         </is>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="2" t="n">
-        <v>41501</v>
+        <v>41593</v>
       </c>
       <c r="B1161" t="n">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C1161" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="2" t="n">
-        <v>41498</v>
+        <v>41578</v>
       </c>
       <c r="B1162" t="n">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C1162" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="2" t="n">
-        <v>41495</v>
+        <v>41576</v>
       </c>
       <c r="B1163" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C1163" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="2" t="n">
-        <v>41492</v>
+        <v>41571</v>
       </c>
       <c r="B1164" t="n">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C1164" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>1399</t>
         </is>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="2" t="n">
-        <v>41491</v>
+        <v>41565</v>
       </c>
       <c r="B1165" t="n">
-        <v>154.9</v>
+        <v>154</v>
       </c>
       <c r="C1165" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="2" t="n">
-        <v>41485</v>
+        <v>41564</v>
       </c>
       <c r="B1166" t="n">
-        <v>157.5</v>
+        <v>155</v>
       </c>
       <c r="C1166" t="inlineStr">
         <is>
-          <t>4723</t>
+          <t>1280</t>
         </is>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="2" t="n">
-        <v>41484</v>
+        <v>41547</v>
       </c>
       <c r="B1167" t="n">
         <v>150</v>
       </c>
       <c r="C1167" t="inlineStr">
         <is>
-          <t>3598</t>
+          <t>1055</t>
         </is>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="2" t="n">
-        <v>41481</v>
+        <v>41530</v>
       </c>
       <c r="B1168" t="n">
         <v>150</v>
       </c>
       <c r="C1168" t="inlineStr">
         <is>
-          <t>2060</t>
+          <t>66</t>
         </is>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="2" t="n">
-        <v>41480</v>
+        <v>41527</v>
       </c>
       <c r="B1169" t="n">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C1169" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>1400</t>
         </is>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="2" t="n">
-        <v>41479</v>
+        <v>41526</v>
       </c>
       <c r="B1170" t="n">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C1170" t="inlineStr">
         <is>
-          <t>5950</t>
+          <t>174</t>
         </is>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="2" t="n">
-        <v>41478</v>
+        <v>41523</v>
       </c>
       <c r="B1171" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C1171" t="inlineStr">
         <is>
-          <t>665</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="2" t="n">
-        <v>41477</v>
+        <v>41516</v>
       </c>
       <c r="B1172" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C1172" t="inlineStr">
         <is>
-          <t>4765</t>
+          <t>2925</t>
         </is>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="2" t="n">
-        <v>41474</v>
+        <v>41515</v>
       </c>
       <c r="B1173" t="n">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C1173" t="inlineStr">
         <is>
-          <t>2850</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="2" t="n">
-        <v>41473</v>
+        <v>41514</v>
       </c>
       <c r="B1174" t="n">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C1174" t="inlineStr">
         <is>
-          <t>948</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="2" t="n">
-        <v>41472</v>
+        <v>41513</v>
       </c>
       <c r="B1175" t="n">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="C1175" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="2" t="n">
-        <v>41471</v>
+        <v>41506</v>
       </c>
       <c r="B1176" t="n">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="C1176" t="inlineStr">
         <is>
-          <t>3390</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="2" t="n">
-        <v>41470</v>
+        <v>41505</v>
       </c>
       <c r="B1177" t="n">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="C1177" t="inlineStr">
         <is>
-          <t>11400</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="2" t="n">
-        <v>41466</v>
+        <v>41502</v>
       </c>
       <c r="B1178" t="n">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="C1178" t="inlineStr">
         <is>
-          <t>1935</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="2" t="n">
-        <v>41465</v>
+        <v>41501</v>
       </c>
       <c r="B1179" t="n">
-        <v>128.5</v>
+        <v>149</v>
       </c>
       <c r="C1179" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="2" t="n">
-        <v>41458</v>
+        <v>41498</v>
       </c>
       <c r="B1180" t="n">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="C1180" t="inlineStr">
         <is>
-          <t>1850</t>
+          <t>110</t>
         </is>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="2" t="n">
-        <v>41457</v>
+        <v>41495</v>
       </c>
       <c r="B1181" t="n">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="C1181" t="inlineStr">
         <is>
-          <t>7362</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="2" t="n">
-        <v>41456</v>
+        <v>41492</v>
       </c>
       <c r="B1182" t="n">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="C1182" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>670</t>
         </is>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="2" t="n">
-        <v>41453</v>
+        <v>41491</v>
       </c>
       <c r="B1183" t="n">
-        <v>125</v>
+        <v>154.9</v>
       </c>
       <c r="C1183" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="2" t="n">
-        <v>41452</v>
+        <v>41485</v>
       </c>
       <c r="B1184" t="n">
-        <v>126.5</v>
+        <v>157.5</v>
       </c>
       <c r="C1184" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4723</t>
         </is>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="2" t="n">
-        <v>41450</v>
+        <v>41484</v>
       </c>
       <c r="B1185" t="n">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C1185" t="inlineStr">
         <is>
-          <t>1320</t>
+          <t>3598</t>
         </is>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="2" t="n">
-        <v>41449</v>
+        <v>41481</v>
       </c>
       <c r="B1186" t="n">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C1186" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>2060</t>
         </is>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="2" t="n">
-        <v>41446</v>
+        <v>41480</v>
       </c>
       <c r="B1187" t="n">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="C1187" t="inlineStr">
         <is>
-          <t>3620</t>
+          <t>685</t>
         </is>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="2" t="n">
-        <v>41445</v>
+        <v>41479</v>
       </c>
       <c r="B1188" t="n">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="C1188" t="inlineStr">
         <is>
-          <t>1260</t>
+          <t>5950</t>
         </is>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="2" t="n">
-        <v>41444</v>
+        <v>41478</v>
       </c>
       <c r="B1189" t="n">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="C1189" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>665</t>
         </is>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="2" t="n">
-        <v>41443</v>
+        <v>41477</v>
       </c>
       <c r="B1190" t="n">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="C1190" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>4765</t>
         </is>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="2" t="n">
-        <v>41442</v>
+        <v>41474</v>
       </c>
       <c r="B1191" t="n">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="C1191" t="inlineStr">
         <is>
-          <t>1250</t>
+          <t>2850</t>
         </is>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="2" t="n">
-        <v>41439</v>
+        <v>41473</v>
       </c>
       <c r="B1192" t="n">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="C1192" t="inlineStr">
         <is>
-          <t>4502</t>
+          <t>948</t>
         </is>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="2" t="n">
-        <v>41438</v>
+        <v>41472</v>
       </c>
       <c r="B1193" t="n">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="C1193" t="inlineStr">
         <is>
-          <t>880</t>
+          <t>1060</t>
         </is>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="2" t="n">
-        <v>41437</v>
+        <v>41471</v>
       </c>
       <c r="B1194" t="n">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="C1194" t="inlineStr">
         <is>
-          <t>3695</t>
+          <t>3390</t>
         </is>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="2" t="n">
-        <v>41436</v>
+        <v>41470</v>
       </c>
       <c r="B1195" t="n">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C1195" t="inlineStr">
         <is>
-          <t>3695</t>
+          <t>11400</t>
         </is>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="2" t="n">
-        <v>41435</v>
+        <v>41466</v>
       </c>
       <c r="B1196" t="n">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="C1196" t="inlineStr">
         <is>
-          <t>2870</t>
+          <t>1935</t>
         </is>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="2" t="n">
-        <v>41432</v>
+        <v>41465</v>
       </c>
       <c r="B1197" t="n">
-        <v>120</v>
+        <v>128.5</v>
       </c>
       <c r="C1197" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="2" t="n">
-        <v>41431</v>
+        <v>41458</v>
       </c>
       <c r="B1198" t="n">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="C1198" t="inlineStr">
         <is>
-          <t>2052</t>
+          <t>1850</t>
         </is>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="2" t="n">
-        <v>41430</v>
+        <v>41457</v>
       </c>
       <c r="B1199" t="n">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="C1199" t="inlineStr">
         <is>
-          <t>3880</t>
+          <t>7362</t>
         </is>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="2" t="n">
-        <v>41429</v>
+        <v>41456</v>
       </c>
       <c r="B1200" t="n">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="C1200" t="inlineStr">
         <is>
-          <t>810</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="2" t="n">
-        <v>41428</v>
+        <v>41453</v>
       </c>
       <c r="B1201" t="n">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="C1201" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="2" t="n">
-        <v>41422</v>
+        <v>41452</v>
       </c>
       <c r="B1202" t="n">
-        <v>115</v>
+        <v>126.5</v>
       </c>
       <c r="C1202" t="inlineStr">
         <is>
-          <t>975</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="2" t="n">
-        <v>41416</v>
+        <v>41450</v>
       </c>
       <c r="B1203" t="n">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="C1203" t="inlineStr">
         <is>
-          <t>1110</t>
+          <t>1320</t>
         </is>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="2" t="n">
-        <v>41415</v>
+        <v>41449</v>
       </c>
       <c r="B1204" t="n">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C1204" t="inlineStr">
         <is>
-          <t>2146</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="2" t="n">
-        <v>41411</v>
+        <v>41446</v>
       </c>
       <c r="B1205" t="n">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="C1205" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>3620</t>
         </is>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="2" t="n">
-        <v>41410</v>
+        <v>41445</v>
       </c>
       <c r="B1206" t="n">
-        <v>109.5</v>
+        <v>127</v>
       </c>
       <c r="C1206" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>1260</t>
         </is>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="2" t="n">
-        <v>41408</v>
+        <v>41444</v>
       </c>
       <c r="B1207" t="n">
-        <v>107.5</v>
+        <v>122</v>
       </c>
       <c r="C1207" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="2" t="n">
-        <v>41407</v>
+        <v>41443</v>
       </c>
       <c r="B1208" t="n">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="C1208" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="2" t="n">
-        <v>41374</v>
+        <v>41442</v>
       </c>
       <c r="B1209" t="n">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="C1209" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>1250</t>
         </is>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="2" t="n">
-        <v>41373</v>
+        <v>41439</v>
       </c>
       <c r="B1210" t="n">
-        <v>106.5</v>
+        <v>125</v>
       </c>
       <c r="C1210" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>4502</t>
         </is>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="2" t="n">
-        <v>41339</v>
+        <v>41438</v>
       </c>
       <c r="B1211" t="n">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="C1211" t="inlineStr">
         <is>
-          <t>15010</t>
+          <t>880</t>
         </is>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="2" t="n">
-        <v>41334</v>
+        <v>41437</v>
       </c>
       <c r="B1212" t="n">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="C1212" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>3695</t>
         </is>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="2" t="n">
-        <v>41333</v>
+        <v>41436</v>
       </c>
       <c r="B1213" t="n">
-        <v>105.5</v>
+        <v>124</v>
       </c>
       <c r="C1213" t="inlineStr">
         <is>
-          <t>558</t>
+          <t>3695</t>
         </is>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="2" t="n">
-        <v>41332</v>
+        <v>41435</v>
       </c>
       <c r="B1214" t="n">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C1214" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>2870</t>
         </is>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="2" t="n">
-        <v>41326</v>
+        <v>41432</v>
       </c>
       <c r="B1215" t="n">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="C1215" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="2" t="n">
-        <v>41319</v>
+        <v>41431</v>
       </c>
       <c r="B1216" t="n">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="C1216" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>2052</t>
         </is>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="2" t="n">
-        <v>41318</v>
+        <v>41430</v>
       </c>
       <c r="B1217" t="n">
-        <v>105.5</v>
+        <v>118</v>
       </c>
       <c r="C1217" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>3880</t>
         </is>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="2" t="n">
-        <v>41309</v>
+        <v>41429</v>
       </c>
       <c r="B1218" t="n">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C1218" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>810</t>
         </is>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="2" t="n">
-        <v>41306</v>
+        <v>41428</v>
       </c>
       <c r="B1219" t="n">
         <v>109</v>
       </c>
       <c r="C1219" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="2" t="n">
-        <v>41295</v>
+        <v>41422</v>
       </c>
       <c r="B1220" t="n">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C1220" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>975</t>
         </is>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="2" t="n">
-        <v>41289</v>
+        <v>41416</v>
       </c>
       <c r="B1221" t="n">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C1221" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1110</t>
         </is>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="2" t="n">
-        <v>41281</v>
+        <v>41415</v>
       </c>
       <c r="B1222" t="n">
         <v>112</v>
       </c>
       <c r="C1222" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>2146</t>
         </is>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="2" t="n">
-        <v>41278</v>
+        <v>41411</v>
       </c>
       <c r="B1223" t="n">
         <v>110</v>
       </c>
       <c r="C1223" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>310</t>
         </is>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="2" t="n">
-        <v>41264</v>
+        <v>41410</v>
       </c>
       <c r="B1224" t="n">
-        <v>109</v>
+        <v>109.5</v>
       </c>
       <c r="C1224" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1060</t>
         </is>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="2" t="n">
-        <v>41263</v>
+        <v>41408</v>
       </c>
       <c r="B1225" t="n">
-        <v>105</v>
+        <v>107.5</v>
       </c>
       <c r="C1225" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="2" t="n">
-        <v>41260</v>
+        <v>41407</v>
       </c>
       <c r="B1226" t="n">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C1226" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="2" t="n">
-        <v>41250</v>
+        <v>41374</v>
       </c>
       <c r="B1227" t="n">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C1227" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="2" t="n">
-        <v>41249</v>
+        <v>41373</v>
       </c>
       <c r="B1228" t="n">
-        <v>109</v>
+        <v>106.5</v>
       </c>
       <c r="C1228" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="2" t="n">
-        <v>41246</v>
+        <v>41339</v>
       </c>
       <c r="B1229" t="n">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C1229" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>15010</t>
         </is>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="2" t="n">
-        <v>41240</v>
+        <v>41334</v>
       </c>
       <c r="B1230" t="n">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C1230" t="inlineStr">
         <is>
-          <t>4755</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="2" t="n">
-        <v>41236</v>
+        <v>41333</v>
       </c>
       <c r="B1231" t="n">
-        <v>110</v>
+        <v>105.5</v>
       </c>
       <c r="C1231" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>558</t>
         </is>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="2" t="n">
-        <v>41225</v>
+        <v>41332</v>
       </c>
       <c r="B1232" t="n">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C1232" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>190</t>
         </is>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="2" t="n">
-        <v>41220</v>
+        <v>41326</v>
       </c>
       <c r="B1233" t="n">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C1233" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>51</t>
         </is>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="2" t="n">
-        <v>41219</v>
+        <v>41319</v>
       </c>
       <c r="B1234" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C1234" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="2" t="n">
-        <v>41208</v>
+        <v>41318</v>
       </c>
       <c r="B1235" t="n">
-        <v>112</v>
+        <v>105.5</v>
       </c>
       <c r="C1235" t="inlineStr">
         <is>
-          <t>1182</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="2" t="n">
-        <v>41207</v>
+        <v>41309</v>
       </c>
       <c r="B1236" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C1236" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="2" t="n">
-        <v>41206</v>
+        <v>41306</v>
       </c>
       <c r="B1237" t="n">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C1237" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="2" t="n">
-        <v>41191</v>
+        <v>41295</v>
       </c>
       <c r="B1238" t="n">
-        <v>112.5</v>
+        <v>109</v>
       </c>
       <c r="C1238" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="2" t="n">
-        <v>41190</v>
+        <v>41289</v>
       </c>
       <c r="B1239" t="n">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C1239" t="inlineStr">
         <is>
-          <t>1110</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="2" t="n">
-        <v>41189</v>
+        <v>41281</v>
       </c>
       <c r="B1240" t="n">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C1240" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="2" t="n">
-        <v>41179</v>
+        <v>41278</v>
       </c>
       <c r="B1241" t="n">
         <v>110</v>
       </c>
       <c r="C1241" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="2" t="n">
-        <v>41178</v>
+        <v>41264</v>
       </c>
       <c r="B1242" t="n">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C1242" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="2" t="n">
-        <v>41172</v>
+        <v>41263</v>
       </c>
       <c r="B1243" t="n">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C1243" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>280</t>
         </is>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="2" t="n">
-        <v>41171</v>
+        <v>41260</v>
       </c>
       <c r="B1244" t="n">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C1244" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="2" t="n">
-        <v>41170</v>
+        <v>41250</v>
       </c>
       <c r="B1245" t="n">
         <v>110</v>
       </c>
       <c r="C1245" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>440</t>
         </is>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="2" t="n">
-        <v>41166</v>
+        <v>41249</v>
       </c>
       <c r="B1246" t="n">
         <v>109</v>
       </c>
       <c r="C1246" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="2" t="n">
-        <v>41165</v>
+        <v>41246</v>
       </c>
       <c r="B1247" t="n">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C1247" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>410</t>
         </is>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="2" t="n">
-        <v>41164</v>
+        <v>41240</v>
       </c>
       <c r="B1248" t="n">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C1248" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>4755</t>
         </is>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="2" t="n">
-        <v>41162</v>
+        <v>41236</v>
       </c>
       <c r="B1249" t="n">
         <v>110</v>
       </c>
       <c r="C1249" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>510</t>
         </is>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="2" t="n">
-        <v>41161</v>
+        <v>41225</v>
       </c>
       <c r="B1250" t="n">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C1250" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>175</t>
         </is>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="2" t="n">
-        <v>41142</v>
+        <v>41220</v>
       </c>
       <c r="B1251" t="n">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C1251" t="inlineStr">
         <is>
-          <t>520</t>
+          <t>140</t>
         </is>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="2" t="n">
-        <v>41134</v>
+        <v>41219</v>
       </c>
       <c r="B1252" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C1252" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="2" t="n">
-        <v>41130</v>
+        <v>41208</v>
       </c>
       <c r="B1253" t="n">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C1253" t="inlineStr">
         <is>
-          <t>271</t>
+          <t>1182</t>
         </is>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="2" t="n">
-        <v>41128</v>
+        <v>41207</v>
       </c>
       <c r="B1254" t="n">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C1254" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="2" t="n">
-        <v>41106</v>
+        <v>41206</v>
       </c>
       <c r="B1255" t="n">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C1255" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="2" t="n">
-        <v>41103</v>
+        <v>41191</v>
       </c>
       <c r="B1256" t="n">
-        <v>103</v>
+        <v>112.5</v>
       </c>
       <c r="C1256" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="2" t="n">
-        <v>41099</v>
+        <v>41190</v>
       </c>
       <c r="B1257" t="n">
-        <v>106.8</v>
+        <v>112</v>
       </c>
       <c r="C1257" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>1110</t>
         </is>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="2" t="n">
-        <v>41094</v>
+        <v>41189</v>
       </c>
       <c r="B1258" t="n">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C1258" t="inlineStr">
         <is>
-          <t>945</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="2" t="n">
-        <v>41093</v>
+        <v>41179</v>
       </c>
       <c r="B1259" t="n">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C1259" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="2" t="n">
-        <v>41086</v>
+        <v>41178</v>
       </c>
       <c r="B1260" t="n">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C1260" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="2" t="n">
-        <v>41073</v>
+        <v>41172</v>
       </c>
       <c r="B1261" t="n">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C1261" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="2" t="n">
-        <v>41061</v>
+        <v>41171</v>
       </c>
       <c r="B1262" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C1262" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="2" t="n">
-        <v>41060</v>
+        <v>41170</v>
       </c>
       <c r="B1263" t="n">
-        <v>107.5</v>
+        <v>110</v>
       </c>
       <c r="C1263" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>185</t>
         </is>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="2" t="n">
-        <v>41050</v>
+        <v>41166</v>
       </c>
       <c r="B1264" t="n">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C1264" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="2" t="n">
-        <v>41044</v>
+        <v>41165</v>
       </c>
       <c r="B1265" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C1265" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="2" t="n">
-        <v>41040</v>
+        <v>41164</v>
       </c>
       <c r="B1266" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C1266" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>355</t>
         </is>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="2" t="n">
-        <v>41039</v>
+        <v>41162</v>
       </c>
       <c r="B1267" t="n">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C1267" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="2" t="n">
-        <v>41036</v>
+        <v>41161</v>
       </c>
       <c r="B1268" t="n">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C1268" t="inlineStr">
         <is>
-          <t>1020</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="2" t="n">
-        <v>41032</v>
+        <v>41142</v>
       </c>
       <c r="B1269" t="n">
         <v>110</v>
       </c>
       <c r="C1269" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>520</t>
         </is>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="2" t="n">
-        <v>41031</v>
+        <v>41134</v>
       </c>
       <c r="B1270" t="n">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C1270" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="2" t="n">
-        <v>41026</v>
+        <v>41130</v>
       </c>
       <c r="B1271" t="n">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C1271" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>271</t>
         </is>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="2" t="n">
-        <v>41009</v>
+        <v>41128</v>
       </c>
       <c r="B1272" t="n">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C1272" t="inlineStr">
         <is>
-          <t>797</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="2" t="n">
-        <v>40994</v>
+        <v>41106</v>
       </c>
       <c r="B1273" t="n">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="C1273" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="2" t="n">
-        <v>40991</v>
+        <v>41103</v>
       </c>
       <c r="B1274" t="n">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="C1274" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="2" t="n">
-        <v>40987</v>
+        <v>41099</v>
       </c>
       <c r="B1275" t="n">
-        <v>115</v>
+        <v>106.8</v>
       </c>
       <c r="C1275" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="2" t="n">
-        <v>40970</v>
+        <v>41094</v>
       </c>
       <c r="B1276" t="n">
-        <v>115.5</v>
+        <v>107</v>
       </c>
       <c r="C1276" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>945</t>
         </is>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="2" t="n">
-        <v>40959</v>
+        <v>41093</v>
       </c>
       <c r="B1277" t="n">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C1277" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="2" t="n">
-        <v>40954</v>
+        <v>41086</v>
       </c>
       <c r="B1278" t="n">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C1278" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>210</t>
         </is>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="2" t="n">
-        <v>40949</v>
+        <v>41073</v>
       </c>
       <c r="B1279" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C1279" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="2" t="n">
-        <v>40942</v>
+        <v>41061</v>
       </c>
       <c r="B1280" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C1280" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="2" t="n">
-        <v>40940</v>
+        <v>41060</v>
       </c>
       <c r="B1281" t="n">
-        <v>114</v>
+        <v>107.5</v>
       </c>
       <c r="C1281" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="2" t="n">
-        <v>40939</v>
+        <v>41050</v>
       </c>
       <c r="B1282" t="n">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C1282" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="2" t="n">
-        <v>40928</v>
+        <v>41044</v>
       </c>
       <c r="B1283" t="n">
-        <v>114.7</v>
+        <v>109</v>
       </c>
       <c r="C1283" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>260</t>
         </is>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="2" t="n">
-        <v>40926</v>
+        <v>41040</v>
       </c>
       <c r="B1284" t="n">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="C1284" t="inlineStr">
         <is>
-          <t>489</t>
+          <t>60</t>
         </is>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="2" t="n">
-        <v>40918</v>
+        <v>41039</v>
       </c>
       <c r="B1285" t="n">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="C1285" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="2" t="n">
-        <v>40917</v>
+        <v>41036</v>
       </c>
       <c r="B1286" t="n">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C1286" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1020</t>
         </is>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="2" t="n">
-        <v>40900</v>
+        <v>41032</v>
       </c>
       <c r="B1287" t="n">
-        <v>114.5</v>
+        <v>110</v>
       </c>
       <c r="C1287" t="inlineStr">
         <is>
-          <t>158</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="2" t="n">
-        <v>40899</v>
+        <v>41031</v>
       </c>
       <c r="B1288" t="n">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C1288" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>265</t>
         </is>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="2" t="n">
-        <v>40889</v>
+        <v>41026</v>
       </c>
       <c r="B1289" t="n">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C1289" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="2" t="n">
-        <v>40884</v>
+        <v>41009</v>
       </c>
       <c r="B1290" t="n">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C1290" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>797</t>
         </is>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="2" t="n">
-        <v>40869</v>
+        <v>40994</v>
       </c>
       <c r="B1291" t="n">
-        <v>112.5</v>
+        <v>115</v>
       </c>
       <c r="C1291" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="2" t="n">
-        <v>40868</v>
+        <v>40991</v>
       </c>
       <c r="B1292" t="n">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C1292" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>54</t>
         </is>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="2" t="n">
-        <v>40849</v>
+        <v>40987</v>
       </c>
       <c r="B1293" t="n">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C1293" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="2" t="n">
-        <v>40843</v>
+        <v>40970</v>
       </c>
       <c r="B1294" t="n">
-        <v>114</v>
+        <v>115.5</v>
       </c>
       <c r="C1294" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>83</t>
         </is>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="2" t="n">
-        <v>40837</v>
+        <v>40959</v>
       </c>
       <c r="B1295" t="n">
         <v>114</v>
       </c>
       <c r="C1295" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>45</t>
         </is>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="2" t="n">
-        <v>40834</v>
+        <v>40954</v>
       </c>
       <c r="B1296" t="n">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C1296" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="2" t="n">
-        <v>40833</v>
+        <v>40949</v>
       </c>
       <c r="B1297" t="n">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C1297" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="2" t="n">
-        <v>40821</v>
+        <v>40942</v>
       </c>
       <c r="B1298" t="n">
-        <v>113.5</v>
+        <v>113</v>
       </c>
       <c r="C1298" t="inlineStr">
         <is>
-          <t>1015</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="2" t="n">
-        <v>40819</v>
+        <v>40940</v>
       </c>
       <c r="B1299" t="n">
         <v>114</v>
       </c>
       <c r="C1299" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>360</t>
         </is>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="2" t="n">
-        <v>40816</v>
+        <v>40939</v>
       </c>
       <c r="B1300" t="n">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C1300" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>650</t>
         </is>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="2" t="n">
-        <v>40815</v>
+        <v>40928</v>
       </c>
       <c r="B1301" t="n">
-        <v>115</v>
+        <v>114.7</v>
       </c>
       <c r="C1301" t="inlineStr">
         <is>
-          <t>3189</t>
+          <t>42</t>
         </is>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="2" t="n">
-        <v>40814</v>
+        <v>40926</v>
       </c>
       <c r="B1302" t="n">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C1302" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>489</t>
         </is>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="2" t="n">
-        <v>40812</v>
+        <v>40918</v>
       </c>
       <c r="B1303" t="n">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C1303" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>56</t>
         </is>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="2" t="n">
-        <v>40807</v>
+        <v>40917</v>
       </c>
       <c r="B1304" t="n">
-        <v>108.9</v>
+        <v>116</v>
       </c>
       <c r="C1304" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="2" t="n">
-        <v>40806</v>
+        <v>40900</v>
       </c>
       <c r="B1305" t="n">
-        <v>108.9</v>
+        <v>114.5</v>
       </c>
       <c r="C1305" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>158</t>
         </is>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="2" t="n">
-        <v>40801</v>
+        <v>40899</v>
       </c>
       <c r="B1306" t="n">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C1306" t="inlineStr">
         <is>
-          <t>381</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="2" t="n">
-        <v>40798</v>
+        <v>40889</v>
       </c>
       <c r="B1307" t="n">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="C1307" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="2" t="n">
-        <v>40795</v>
+        <v>40884</v>
       </c>
       <c r="B1308" t="n">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="C1308" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="2" t="n">
-        <v>40794</v>
+        <v>40869</v>
       </c>
       <c r="B1309" t="n">
-        <v>109</v>
+        <v>112.5</v>
       </c>
       <c r="C1309" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>120</t>
         </is>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="2" t="n">
-        <v>40791</v>
+        <v>40868</v>
       </c>
       <c r="B1310" t="n">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C1310" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="2" t="n">
-        <v>40786</v>
+        <v>40849</v>
       </c>
       <c r="B1311" t="n">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C1311" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>43</t>
         </is>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="2" t="n">
-        <v>40784</v>
+        <v>40843</v>
       </c>
       <c r="B1312" t="n">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C1312" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="2" t="n">
-        <v>40781</v>
+        <v>40837</v>
       </c>
       <c r="B1313" t="n">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C1313" t="inlineStr">
         <is>
-          <t>2396</t>
+          <t>1200</t>
         </is>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="2" t="n">
-        <v>40778</v>
+        <v>40834</v>
       </c>
       <c r="B1314" t="n">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="C1314" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="2" t="n">
-        <v>40777</v>
+        <v>40833</v>
       </c>
       <c r="B1315" t="n">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C1315" t="inlineStr">
         <is>
-          <t>545</t>
+          <t>171</t>
         </is>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="2" t="n">
-        <v>40774</v>
+        <v>40821</v>
       </c>
       <c r="B1316" t="n">
-        <v>106</v>
+        <v>113.5</v>
       </c>
       <c r="C1316" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>1015</t>
         </is>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="2" t="n">
-        <v>40773</v>
+        <v>40819</v>
       </c>
       <c r="B1317" t="n">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C1317" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>499</t>
         </is>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="2" t="n">
-        <v>40771</v>
+        <v>40816</v>
       </c>
       <c r="B1318" t="n">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C1318" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="2" t="n">
-        <v>40770</v>
+        <v>40815</v>
       </c>
       <c r="B1319" t="n">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C1319" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>3189</t>
         </is>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="2" t="n">
-        <v>40766</v>
+        <v>40814</v>
       </c>
       <c r="B1320" t="n">
         <v>109</v>
       </c>
       <c r="C1320" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>281</t>
         </is>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="2" t="n">
-        <v>40764</v>
+        <v>40812</v>
       </c>
       <c r="B1321" t="n">
-        <v>107.5</v>
+        <v>110</v>
       </c>
       <c r="C1321" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="2" t="n">
-        <v>40763</v>
+        <v>40807</v>
       </c>
       <c r="B1322" t="n">
-        <v>112</v>
+        <v>108.9</v>
       </c>
       <c r="C1322" t="inlineStr">
         <is>
-          <t>1900</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="2" t="n">
-        <v>40760</v>
+        <v>40806</v>
       </c>
       <c r="B1323" t="n">
-        <v>108.5</v>
+        <v>108.9</v>
       </c>
       <c r="C1323" t="inlineStr">
         <is>
-          <t>1676</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="2" t="n">
-        <v>40759</v>
+        <v>40801</v>
       </c>
       <c r="B1324" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1324" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>381</t>
         </is>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="2" t="n">
-        <v>40758</v>
+        <v>40798</v>
       </c>
       <c r="B1325" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C1325" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>47</t>
         </is>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="2" t="n">
-        <v>40753</v>
+        <v>40795</v>
       </c>
       <c r="B1326" t="n">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C1326" t="inlineStr">
         <is>
-          <t>1813</t>
+          <t>129</t>
         </is>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="2" t="n">
-        <v>40750</v>
+        <v>40794</v>
       </c>
       <c r="B1327" t="n">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C1327" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="2" t="n">
-        <v>40742</v>
+        <v>40791</v>
       </c>
       <c r="B1328" t="n">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="C1328" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>610</t>
         </is>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="2" t="n">
-        <v>40739</v>
+        <v>40786</v>
       </c>
       <c r="B1329" t="n">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C1329" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="2" t="n">
-        <v>40735</v>
+        <v>40784</v>
       </c>
       <c r="B1330" t="n">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C1330" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="2" t="n">
-        <v>40729</v>
+        <v>40781</v>
       </c>
       <c r="B1331" t="n">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C1331" t="inlineStr">
         <is>
-          <t>845</t>
+          <t>2396</t>
         </is>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="2" t="n">
-        <v>40716</v>
+        <v>40778</v>
       </c>
       <c r="B1332" t="n">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="C1332" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>62</t>
         </is>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="2" t="n">
-        <v>40710</v>
+        <v>40777</v>
       </c>
       <c r="B1333" t="n">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="C1333" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>545</t>
         </is>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="2" t="n">
-        <v>40709</v>
+        <v>40774</v>
       </c>
       <c r="B1334" t="n">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C1334" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="2" t="n">
-        <v>40708</v>
+        <v>40773</v>
       </c>
       <c r="B1335" t="n">
         <v>110</v>
       </c>
       <c r="C1335" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="2" t="n">
-        <v>40703</v>
+        <v>40771</v>
       </c>
       <c r="B1336" t="n">
-        <v>108.5</v>
+        <v>110</v>
       </c>
       <c r="C1336" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="2" t="n">
-        <v>40702</v>
+        <v>40770</v>
       </c>
       <c r="B1337" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C1337" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="2" t="n">
-        <v>40700</v>
+        <v>40766</v>
       </c>
       <c r="B1338" t="n">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C1338" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="2" t="n">
-        <v>40695</v>
+        <v>40764</v>
       </c>
       <c r="B1339" t="n">
-        <v>110</v>
+        <v>107.5</v>
       </c>
       <c r="C1339" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>480</t>
         </is>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="2" t="n">
-        <v>40681</v>
+        <v>40763</v>
       </c>
       <c r="B1340" t="n">
         <v>112</v>
       </c>
       <c r="C1340" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>1900</t>
         </is>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="2" t="n">
-        <v>40660</v>
+        <v>40760</v>
       </c>
       <c r="B1341" t="n">
-        <v>108</v>
+        <v>108.5</v>
       </c>
       <c r="C1341" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>1676</t>
         </is>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="2" t="n">
-        <v>40653</v>
+        <v>40759</v>
       </c>
       <c r="B1342" t="n">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C1342" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="2" t="n">
-        <v>40640</v>
+        <v>40758</v>
       </c>
       <c r="B1343" t="n">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C1343" t="inlineStr">
         <is>
-          <t>1440</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="2" t="n">
-        <v>40634</v>
+        <v>40753</v>
       </c>
       <c r="B1344" t="n">
         <v>112</v>
       </c>
       <c r="C1344" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>1813</t>
         </is>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="2" t="n">
-        <v>40633</v>
+        <v>40750</v>
       </c>
       <c r="B1345" t="n">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C1345" t="inlineStr">
         <is>
-          <t>765</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="2" t="n">
-        <v>40632</v>
+        <v>40742</v>
       </c>
       <c r="B1346" t="n">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C1346" t="inlineStr">
         <is>
-          <t>918</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="2" t="n">
-        <v>40631</v>
+        <v>40739</v>
       </c>
       <c r="B1347" t="n">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C1347" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="2" t="n">
-        <v>40630</v>
+        <v>40735</v>
       </c>
       <c r="B1348" t="n">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C1348" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="2" t="n">
-        <v>40627</v>
+        <v>40729</v>
       </c>
       <c r="B1349" t="n">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C1349" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>845</t>
         </is>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="2" t="n">
-        <v>40626</v>
+        <v>40716</v>
       </c>
       <c r="B1350" t="n">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C1350" t="inlineStr">
         <is>
-          <t>282</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="2" t="n">
-        <v>40625</v>
+        <v>40710</v>
       </c>
       <c r="B1351" t="n">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C1351" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="2" t="n">
-        <v>40624</v>
+        <v>40709</v>
       </c>
       <c r="B1352" t="n">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C1352" t="inlineStr">
         <is>
-          <t>1735</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="2" t="n">
-        <v>40611</v>
+        <v>40708</v>
       </c>
       <c r="B1353" t="n">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C1353" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>160</t>
         </is>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="2" t="n">
-        <v>40606</v>
+        <v>40703</v>
       </c>
       <c r="B1354" t="n">
-        <v>106.5</v>
+        <v>108.5</v>
       </c>
       <c r="C1354" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="2" t="n">
-        <v>40603</v>
+        <v>40702</v>
       </c>
       <c r="B1355" t="n">
-        <v>106.5</v>
+        <v>110</v>
       </c>
       <c r="C1355" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="2" t="n">
-        <v>40599</v>
+        <v>40700</v>
       </c>
       <c r="B1356" t="n">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C1356" t="inlineStr">
         <is>
-          <t>1010</t>
+          <t>412</t>
         </is>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="2" t="n">
-        <v>40598</v>
+        <v>40695</v>
       </c>
       <c r="B1357" t="n">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C1357" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="2" t="n">
-        <v>40597</v>
+        <v>40681</v>
       </c>
       <c r="B1358" t="n">
-        <v>106.5</v>
+        <v>112</v>
       </c>
       <c r="C1358" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="2" t="n">
-        <v>40591</v>
+        <v>40660</v>
       </c>
       <c r="B1359" t="n">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C1359" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="2" t="n">
-        <v>40590</v>
+        <v>40653</v>
       </c>
       <c r="B1360" t="n">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C1360" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>115</t>
         </is>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="2" t="n">
-        <v>40588</v>
+        <v>40640</v>
       </c>
       <c r="B1361" t="n">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C1361" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>1440</t>
         </is>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="2" t="n">
-        <v>40581</v>
+        <v>40634</v>
       </c>
       <c r="B1362" t="n">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C1362" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1060</t>
         </is>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="2" t="n">
-        <v>40577</v>
+        <v>40633</v>
       </c>
       <c r="B1363" t="n">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C1363" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>765</t>
         </is>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="2" t="n">
-        <v>40575</v>
+        <v>40632</v>
       </c>
       <c r="B1364" t="n">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C1364" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>918</t>
         </is>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="2" t="n">
-        <v>40567</v>
+        <v>40631</v>
       </c>
       <c r="B1365" t="n">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C1365" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="2" t="n">
-        <v>40554</v>
+        <v>40630</v>
       </c>
       <c r="B1366" t="n">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C1366" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="2" t="n">
-        <v>40550</v>
+        <v>40627</v>
       </c>
       <c r="B1367" t="n">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C1367" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1200</t>
         </is>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="2" t="n">
-        <v>40526</v>
+        <v>40626</v>
       </c>
       <c r="B1368" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C1368" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>282</t>
         </is>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="2" t="n">
-        <v>40525</v>
+        <v>40625</v>
       </c>
       <c r="B1369" t="n">
         <v>105</v>
       </c>
       <c r="C1369" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>370</t>
         </is>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="2" t="n">
-        <v>40522</v>
+        <v>40624</v>
       </c>
       <c r="B1370" t="n">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C1370" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>1735</t>
         </is>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="2" t="n">
-        <v>40518</v>
+        <v>40611</v>
       </c>
       <c r="B1371" t="n">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C1371" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="2" t="n">
-        <v>40512</v>
+        <v>40606</v>
       </c>
       <c r="B1372" t="n">
-        <v>101</v>
+        <v>106.5</v>
       </c>
       <c r="C1372" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="2" t="n">
-        <v>40507</v>
+        <v>40603</v>
       </c>
       <c r="B1373" t="n">
-        <v>100</v>
+        <v>106.5</v>
       </c>
       <c r="C1373" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>45</t>
         </is>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="2" t="n">
-        <v>40493</v>
+        <v>40599</v>
       </c>
       <c r="B1374" t="n">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C1374" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>1010</t>
         </is>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="2" t="n">
-        <v>40487</v>
+        <v>40598</v>
       </c>
       <c r="B1375" t="n">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C1375" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="2" t="n">
-        <v>40484</v>
+        <v>40597</v>
       </c>
       <c r="B1376" t="n">
-        <v>105</v>
+        <v>106.5</v>
       </c>
       <c r="C1376" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="2" t="n">
-        <v>40480</v>
+        <v>40591</v>
       </c>
       <c r="B1377" t="n">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C1377" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="2" t="n">
-        <v>40479</v>
+        <v>40590</v>
       </c>
       <c r="B1378" t="n">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C1378" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>223</t>
         </is>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="2" t="n">
-        <v>40478</v>
+        <v>40588</v>
       </c>
       <c r="B1379" t="n">
         <v>105</v>
       </c>
       <c r="C1379" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="2" t="n">
-        <v>40473</v>
+        <v>40581</v>
       </c>
       <c r="B1380" t="n">
         <v>106</v>
       </c>
       <c r="C1380" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="2" t="n">
-        <v>40472</v>
+        <v>40577</v>
       </c>
       <c r="B1381" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C1381" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>3</t>
         </is>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="2" t="n">
-        <v>40471</v>
+        <v>40575</v>
       </c>
       <c r="B1382" t="n">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C1382" t="inlineStr">
         <is>
-          <t>1'900</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="2" t="n">
-        <v>40470</v>
+        <v>40567</v>
       </c>
       <c r="B1383" t="n">
         <v>104</v>
       </c>
       <c r="C1383" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>97</t>
         </is>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="2" t="n">
-        <v>40469</v>
+        <v>40554</v>
       </c>
       <c r="B1384" t="n">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C1384" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="2" t="n">
-        <v>40462</v>
+        <v>40550</v>
       </c>
       <c r="B1385" t="n">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C1385" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="2" t="n">
-        <v>40458</v>
+        <v>40526</v>
       </c>
       <c r="B1386" t="n">
-        <v>103.5</v>
+        <v>105</v>
       </c>
       <c r="C1386" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="2" t="n">
-        <v>40457</v>
+        <v>40525</v>
       </c>
       <c r="B1387" t="n">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C1387" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="2" t="n">
-        <v>40456</v>
+        <v>40522</v>
       </c>
       <c r="B1388" t="n">
         <v>103</v>
       </c>
       <c r="C1388" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="2" t="n">
-        <v>40451</v>
+        <v>40518</v>
       </c>
       <c r="B1389" t="n">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C1389" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="2" t="n">
-        <v>40441</v>
+        <v>40512</v>
       </c>
       <c r="B1390" t="n">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C1390" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="2" t="n">
-        <v>40437</v>
+        <v>40507</v>
       </c>
       <c r="B1391" t="n">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C1391" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="2" t="n">
-        <v>40435</v>
+        <v>40493</v>
       </c>
       <c r="B1392" t="n">
         <v>102</v>
       </c>
       <c r="C1392" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="2" t="n">
-        <v>40434</v>
+        <v>40487</v>
       </c>
       <c r="B1393" t="n">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C1393" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="2" t="n">
-        <v>40433</v>
+        <v>40484</v>
       </c>
       <c r="B1394" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C1394" t="inlineStr">
         <is>
-          <t>570</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="2" t="n">
-        <v>40430</v>
+        <v>40480</v>
       </c>
       <c r="B1395" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C1395" t="inlineStr">
         <is>
-          <t>3'250</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="2" t="n">
-        <v>40415</v>
+        <v>40479</v>
       </c>
       <c r="B1396" t="n">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="C1396" t="inlineStr">
         <is>
-          <t>1'000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="2" t="n">
-        <v>40408</v>
+        <v>40478</v>
       </c>
       <c r="B1397" t="n">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C1397" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="2" t="n">
-        <v>40406</v>
+        <v>40473</v>
       </c>
       <c r="B1398" t="n">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="C1398" t="inlineStr">
         <is>
-          <t>284</t>
+          <t>365</t>
         </is>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="2" t="n">
-        <v>40396</v>
+        <v>40472</v>
       </c>
       <c r="B1399" t="n">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C1399" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="2" t="n">
-        <v>40378</v>
+        <v>40471</v>
       </c>
       <c r="B1400" t="n">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C1400" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1'900</t>
         </is>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="2" t="n">
-        <v>40372</v>
+        <v>40470</v>
       </c>
       <c r="B1401" t="n">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C1401" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="2" t="n">
-        <v>40367</v>
+        <v>40469</v>
       </c>
       <c r="B1402" t="n">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C1402" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>53</t>
         </is>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="2" t="n">
-        <v>40366</v>
+        <v>40462</v>
       </c>
       <c r="B1403" t="n">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="C1403" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="2" t="n">
-        <v>40365</v>
+        <v>40458</v>
       </c>
       <c r="B1404" t="n">
-        <v>96.5</v>
+        <v>103.5</v>
       </c>
       <c r="C1404" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="2" t="n">
-        <v>40364</v>
+        <v>40457</v>
       </c>
       <c r="B1405" t="n">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C1405" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="2" t="n">
-        <v>40357</v>
+        <v>40456</v>
       </c>
       <c r="B1406" t="n">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C1406" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>90</t>
         </is>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="2" t="n">
-        <v>40350</v>
+        <v>40451</v>
       </c>
       <c r="B1407" t="n">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C1407" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>375</t>
         </is>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="2" t="n">
-        <v>40347</v>
+        <v>40441</v>
       </c>
       <c r="B1408" t="n">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C1408" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="2" t="n">
-        <v>40340</v>
+        <v>40437</v>
       </c>
       <c r="B1409" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C1409" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="2" t="n">
-        <v>40337</v>
+        <v>40435</v>
       </c>
       <c r="B1410" t="n">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C1410" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="2" t="n">
-        <v>40333</v>
+        <v>40434</v>
       </c>
       <c r="B1411" t="n">
-        <v>95.5</v>
+        <v>102</v>
       </c>
       <c r="C1411" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>75</t>
         </is>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="2" t="n">
-        <v>40323</v>
+        <v>40433</v>
       </c>
       <c r="B1412" t="n">
-        <v>94.5</v>
+        <v>104</v>
       </c>
       <c r="C1412" t="inlineStr">
         <is>
-          <t>525</t>
+          <t>570</t>
         </is>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="2" t="n">
-        <v>40318</v>
+        <v>40430</v>
       </c>
       <c r="B1413" t="n">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="C1413" t="inlineStr">
         <is>
-          <t>529</t>
+          <t>3'250</t>
         </is>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="2" t="n">
-        <v>40308</v>
+        <v>40415</v>
       </c>
       <c r="B1414" t="n">
         <v>95</v>
       </c>
       <c r="C1414" t="inlineStr">
         <is>
-          <t>305</t>
+          <t>1'000</t>
         </is>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="2" t="n">
-        <v>40305</v>
+        <v>40408</v>
       </c>
       <c r="B1415" t="n">
         <v>95</v>
       </c>
       <c r="C1415" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="2" t="n">
-        <v>40304</v>
+        <v>40406</v>
       </c>
       <c r="B1416" t="n">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C1416" t="inlineStr">
         <is>
-          <t>1050</t>
+          <t>284</t>
         </is>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="2" t="n">
-        <v>40303</v>
+        <v>40396</v>
       </c>
       <c r="B1417" t="n">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C1417" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="2" t="n">
-        <v>40302</v>
+        <v>40378</v>
       </c>
       <c r="B1418" t="n">
-        <v>93.5</v>
+        <v>95</v>
       </c>
       <c r="C1418" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="2" t="n">
-        <v>40298</v>
+        <v>40372</v>
       </c>
       <c r="B1419" t="n">
-        <v>95.5</v>
+        <v>99</v>
       </c>
       <c r="C1419" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>37</t>
         </is>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="2" t="n">
-        <v>40296</v>
+        <v>40367</v>
       </c>
       <c r="B1420" t="n">
-        <v>95.5</v>
+        <v>100</v>
       </c>
       <c r="C1420" t="inlineStr">
         <is>
-          <t>2200</t>
+          <t>128</t>
         </is>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="2" t="n">
-        <v>40276</v>
+        <v>40366</v>
       </c>
       <c r="B1421" t="n">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C1421" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>13</t>
         </is>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="2" t="n">
-        <v>40275</v>
+        <v>40365</v>
       </c>
       <c r="B1422" t="n">
-        <v>93</v>
+        <v>96.5</v>
       </c>
       <c r="C1422" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="2" t="n">
-        <v>40274</v>
+        <v>40364</v>
       </c>
       <c r="B1423" t="n">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C1423" t="inlineStr">
         <is>
-          <t>6929</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="2" t="n">
-        <v>40261</v>
+        <v>40357</v>
       </c>
       <c r="B1424" t="n">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="C1424" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>165</t>
         </is>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="2" t="n">
-        <v>40260</v>
+        <v>40350</v>
       </c>
       <c r="B1425" t="n">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="C1425" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="2" t="n">
-        <v>40256</v>
+        <v>40347</v>
       </c>
       <c r="B1426" t="n">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="C1426" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>425</t>
         </is>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="2" t="n">
-        <v>40254</v>
+        <v>40340</v>
       </c>
       <c r="B1427" t="n">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="C1427" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="2" t="n">
-        <v>40240</v>
+        <v>40337</v>
       </c>
       <c r="B1428" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C1428" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>45</t>
         </is>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="2" t="n">
-        <v>40220</v>
+        <v>40333</v>
       </c>
       <c r="B1429" t="n">
-        <v>90.5</v>
+        <v>95.5</v>
       </c>
       <c r="C1429" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="2" t="n">
-        <v>40219</v>
+        <v>40323</v>
       </c>
       <c r="B1430" t="n">
-        <v>90.5</v>
+        <v>94.5</v>
       </c>
       <c r="C1430" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>525</t>
         </is>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="2" t="n">
-        <v>40210</v>
+        <v>40318</v>
       </c>
       <c r="B1431" t="n">
-        <v>90.5</v>
+        <v>95</v>
       </c>
       <c r="C1431" t="inlineStr">
         <is>
-          <t>436</t>
+          <t>529</t>
         </is>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="2" t="n">
-        <v>40207</v>
+        <v>40308</v>
       </c>
       <c r="B1432" t="n">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C1432" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>305</t>
         </is>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="2" t="n">
-        <v>40203</v>
+        <v>40305</v>
       </c>
       <c r="B1433" t="n">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C1433" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="2" t="n">
-        <v>40195</v>
+        <v>40304</v>
       </c>
       <c r="B1434" t="n">
-        <v>94.5</v>
+        <v>93</v>
       </c>
       <c r="C1434" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1050</t>
         </is>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="2" t="n">
-        <v>40192</v>
+        <v>40303</v>
       </c>
       <c r="B1435" t="n">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C1435" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>540</t>
         </is>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="2" t="n">
-        <v>40191</v>
+        <v>40302</v>
       </c>
       <c r="B1436" t="n">
-        <v>90.65000000000001</v>
+        <v>93.5</v>
       </c>
       <c r="C1436" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="2" t="n">
-        <v>40190</v>
+        <v>40298</v>
       </c>
       <c r="B1437" t="n">
-        <v>90.5</v>
+        <v>95.5</v>
       </c>
       <c r="C1437" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="2" t="n">
-        <v>40189</v>
+        <v>40296</v>
       </c>
       <c r="B1438" t="n">
-        <v>90</v>
+        <v>95.5</v>
       </c>
       <c r="C1438" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>2200</t>
         </is>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="2" t="n">
-        <v>40186</v>
+        <v>40276</v>
       </c>
       <c r="B1439" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C1439" t="inlineStr">
         <is>
-          <t>301</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="2" t="n">
-        <v>40185</v>
+        <v>40275</v>
       </c>
       <c r="B1440" t="n">
-        <v>90.5</v>
+        <v>93</v>
       </c>
       <c r="C1440" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="2" t="n">
-        <v>40184</v>
+        <v>40274</v>
       </c>
       <c r="B1441" t="n">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C1441" t="inlineStr">
         <is>
-          <t>199</t>
+          <t>6929</t>
         </is>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="2" t="n">
-        <v>40183</v>
+        <v>40261</v>
       </c>
       <c r="B1442" t="n">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C1442" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>87</t>
         </is>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="2" t="n">
-        <v>40182</v>
+        <v>40260</v>
       </c>
       <c r="B1443" t="n">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C1443" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="2" t="n">
-        <v>40170</v>
+        <v>40256</v>
       </c>
       <c r="B1444" t="n">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C1444" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>499</t>
         </is>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="2" t="n">
-        <v>40169</v>
+        <v>40254</v>
       </c>
       <c r="B1445" t="n">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C1445" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="2" t="n">
-        <v>40168</v>
+        <v>40240</v>
       </c>
       <c r="B1446" t="n">
-        <v>88.5</v>
+        <v>90</v>
       </c>
       <c r="C1446" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="2" t="n">
-        <v>40165</v>
+        <v>40220</v>
       </c>
       <c r="B1447" t="n">
-        <v>88</v>
+        <v>90.5</v>
       </c>
       <c r="C1447" t="inlineStr">
         <is>
-          <t>1225</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="2" t="n">
-        <v>40164</v>
+        <v>40219</v>
       </c>
       <c r="B1448" t="n">
-        <v>87</v>
+        <v>90.5</v>
       </c>
       <c r="C1448" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="2" t="n">
-        <v>40156</v>
+        <v>40210</v>
       </c>
       <c r="B1449" t="n">
-        <v>86</v>
+        <v>90.5</v>
       </c>
       <c r="C1449" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>436</t>
         </is>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="2" t="n">
-        <v>40154</v>
+        <v>40207</v>
       </c>
       <c r="B1450" t="n">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C1450" t="inlineStr">
         <is>
-          <t>640</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="2" t="n">
-        <v>40151</v>
+        <v>40203</v>
       </c>
       <c r="B1451" t="n">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C1451" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="2" t="n">
-        <v>40148</v>
+        <v>40195</v>
       </c>
       <c r="B1452" t="n">
-        <v>86</v>
+        <v>94.5</v>
       </c>
       <c r="C1452" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="2" t="n">
-        <v>40147</v>
+        <v>40192</v>
       </c>
       <c r="B1453" t="n">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C1453" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="2" t="n">
-        <v>40144</v>
+        <v>40191</v>
       </c>
       <c r="B1454" t="n">
-        <v>86</v>
+        <v>90.65000000000001</v>
       </c>
       <c r="C1454" t="inlineStr">
         <is>
-          <t>729</t>
+          <t>594</t>
         </is>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="2" t="n">
-        <v>40143</v>
+        <v>40190</v>
       </c>
       <c r="B1455" t="n">
-        <v>87</v>
+        <v>90.5</v>
       </c>
       <c r="C1455" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="2" t="n">
-        <v>40130</v>
+        <v>40189</v>
       </c>
       <c r="B1456" t="n">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C1456" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>430</t>
         </is>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="2" t="n">
-        <v>40129</v>
+        <v>40186</v>
       </c>
       <c r="B1457" t="n">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C1457" t="inlineStr">
         <is>
-          <t>993</t>
+          <t>301</t>
         </is>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="2" t="n">
-        <v>40126</v>
+        <v>40185</v>
       </c>
       <c r="B1458" t="n">
-        <v>87</v>
+        <v>90.5</v>
       </c>
       <c r="C1458" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="2" t="n">
-        <v>40123</v>
+        <v>40184</v>
       </c>
       <c r="B1459" t="n">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C1459" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>199</t>
         </is>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="2" t="n">
-        <v>40122</v>
+        <v>40183</v>
       </c>
       <c r="B1460" t="n">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C1460" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="2" t="n">
-        <v>40119</v>
+        <v>40182</v>
       </c>
       <c r="B1461" t="n">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C1461" t="inlineStr">
         <is>
-          <t>765</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="2" t="n">
-        <v>40113</v>
+        <v>40170</v>
       </c>
       <c r="B1462" t="n">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C1462" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>320</t>
         </is>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="2" t="n">
-        <v>40107</v>
+        <v>40169</v>
       </c>
       <c r="B1463" t="n">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C1463" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="2" t="n">
-        <v>40106</v>
+        <v>40168</v>
       </c>
       <c r="B1464" t="n">
-        <v>86</v>
+        <v>88.5</v>
       </c>
       <c r="C1464" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>330</t>
         </is>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="2" t="n">
-        <v>40101</v>
+        <v>40165</v>
       </c>
       <c r="B1465" t="n">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C1465" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1225</t>
         </is>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="2" t="n">
-        <v>40100</v>
+        <v>40164</v>
       </c>
       <c r="B1466" t="n">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C1466" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="2" t="n">
-        <v>40095</v>
+        <v>40156</v>
       </c>
       <c r="B1467" t="n">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C1467" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="2" t="n">
-        <v>40094</v>
+        <v>40154</v>
       </c>
       <c r="B1468" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C1468" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>640</t>
         </is>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="2" t="n">
-        <v>40093</v>
+        <v>40151</v>
       </c>
       <c r="B1469" t="n">
         <v>86</v>
       </c>
       <c r="C1469" t="inlineStr">
         <is>
-          <t>298</t>
+          <t>201</t>
         </is>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="2" t="n">
-        <v>40092</v>
+        <v>40148</v>
       </c>
       <c r="B1470" t="n">
         <v>86</v>
       </c>
       <c r="C1470" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="2" t="n">
-        <v>40087</v>
+        <v>40147</v>
       </c>
       <c r="B1471" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C1471" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="2" t="n">
-        <v>40086</v>
+        <v>40144</v>
       </c>
       <c r="B1472" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C1472" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>729</t>
         </is>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="2" t="n">
-        <v>40079</v>
+        <v>40143</v>
       </c>
       <c r="B1473" t="n">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C1473" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>580</t>
         </is>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="2" t="n">
-        <v>40074</v>
+        <v>40130</v>
       </c>
       <c r="B1474" t="n">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C1474" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>420</t>
         </is>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="2" t="n">
-        <v>40071</v>
+        <v>40129</v>
       </c>
       <c r="B1475" t="n">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C1475" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>993</t>
         </is>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="2" t="n">
-        <v>40065</v>
+        <v>40126</v>
       </c>
       <c r="B1476" t="n">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C1476" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>82</t>
         </is>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="2" t="n">
-        <v>40049</v>
+        <v>40123</v>
       </c>
       <c r="B1477" t="n">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C1477" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>40</t>
         </is>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="2" t="n">
-        <v>40031</v>
+        <v>40122</v>
       </c>
       <c r="B1478" t="n">
-        <v>77.5</v>
+        <v>87</v>
       </c>
       <c r="C1478" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="2" t="n">
-        <v>40002</v>
+        <v>40119</v>
       </c>
       <c r="B1479" t="n">
-        <v>72.5</v>
+        <v>87</v>
       </c>
       <c r="C1479" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>765</t>
         </is>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="2" t="n">
-        <v>40001</v>
+        <v>40113</v>
       </c>
       <c r="B1480" t="n">
-        <v>72.5</v>
+        <v>87</v>
       </c>
       <c r="C1480" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="2" t="n">
-        <v>39999</v>
+        <v>40107</v>
       </c>
       <c r="B1481" t="n">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="C1481" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>371</t>
         </is>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="2" t="n">
-        <v>39989</v>
+        <v>40106</v>
       </c>
       <c r="B1482" t="n">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="C1482" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="2" t="n">
-        <v>39981</v>
+        <v>40101</v>
       </c>
       <c r="B1483" t="n">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="C1483" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="2" t="n">
-        <v>39980</v>
+        <v>40100</v>
       </c>
       <c r="B1484" t="n">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="C1484" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="2" t="n">
-        <v>39960</v>
+        <v>40095</v>
       </c>
       <c r="B1485" t="n">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="C1485" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>450</t>
         </is>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="2" t="n">
-        <v>39959</v>
+        <v>40094</v>
       </c>
       <c r="B1486" t="n">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="C1486" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="2" t="n">
-        <v>39953</v>
+        <v>40093</v>
       </c>
       <c r="B1487" t="n">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="C1487" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>298</t>
         </is>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="2" t="n">
-        <v>39952</v>
+        <v>40092</v>
       </c>
       <c r="B1488" t="n">
-        <v>69.5</v>
+        <v>86</v>
       </c>
       <c r="C1488" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>152</t>
         </is>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="2" t="n">
-        <v>39948</v>
+        <v>40087</v>
       </c>
       <c r="B1489" t="n">
-        <v>68.09999999999999</v>
+        <v>85</v>
       </c>
       <c r="C1489" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="2" t="n">
-        <v>39944</v>
+        <v>40086</v>
       </c>
       <c r="B1490" t="n">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="C1490" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="2" t="n">
-        <v>39938</v>
+        <v>40079</v>
       </c>
       <c r="B1491" t="n">
-        <v>66.5</v>
+        <v>84</v>
       </c>
       <c r="C1491" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="2" t="n">
-        <v>39937</v>
+        <v>40074</v>
       </c>
       <c r="B1492" t="n">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="C1492" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="2" t="n">
-        <v>39924</v>
+        <v>40071</v>
       </c>
       <c r="B1493" t="n">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="C1493" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="2" t="n">
-        <v>39919</v>
+        <v>40065</v>
       </c>
       <c r="B1494" t="n">
-        <v>66.5</v>
+        <v>80</v>
       </c>
       <c r="C1494" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="2" t="n">
-        <v>39898</v>
+        <v>40049</v>
       </c>
       <c r="B1495" t="n">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C1495" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>750</t>
         </is>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="2" t="n">
-        <v>39897</v>
+        <v>40031</v>
       </c>
       <c r="B1496" t="n">
-        <v>66</v>
+        <v>77.5</v>
       </c>
       <c r="C1496" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="2" t="n">
-        <v>39892</v>
+        <v>40002</v>
       </c>
       <c r="B1497" t="n">
-        <v>65</v>
+        <v>72.5</v>
       </c>
       <c r="C1497" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>22</t>
         </is>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="2" t="n">
-        <v>39889</v>
+        <v>40001</v>
       </c>
       <c r="B1498" t="n">
-        <v>65</v>
+        <v>72.5</v>
       </c>
       <c r="C1498" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>176</t>
         </is>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="2" t="n">
-        <v>39883</v>
+        <v>39999</v>
       </c>
       <c r="B1499" t="n">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="C1499" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>116</t>
         </is>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="2" t="n">
-        <v>39833</v>
+        <v>39989</v>
       </c>
       <c r="B1500" t="n">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C1500" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="2" t="n">
-        <v>39772</v>
+        <v>39981</v>
       </c>
       <c r="B1501" t="n">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="C1501" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>670</t>
         </is>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="2" t="n">
-        <v>39771</v>
+        <v>39980</v>
       </c>
       <c r="B1502" t="n">
-        <v>77.5</v>
+        <v>72</v>
       </c>
       <c r="C1502" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="2" t="n">
-        <v>39763</v>
+        <v>39960</v>
       </c>
       <c r="B1503" t="n">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="C1503" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="2" t="n">
-        <v>39694</v>
+        <v>39959</v>
       </c>
       <c r="B1504" t="n">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="C1504" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="2" t="n">
-        <v>39693</v>
+        <v>39953</v>
       </c>
       <c r="B1505" t="n">
-        <v>79.5</v>
+        <v>69</v>
       </c>
       <c r="C1505" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>180</t>
         </is>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="2" t="n">
-        <v>39587</v>
+        <v>39952</v>
       </c>
       <c r="B1506" t="n">
-        <v>77.5</v>
+        <v>69.5</v>
       </c>
       <c r="C1506" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="2" t="n">
-        <v>39583</v>
+        <v>39948</v>
       </c>
       <c r="B1507" t="n">
-        <v>76.5</v>
+        <v>68.09999999999999</v>
       </c>
       <c r="C1507" t="inlineStr">
         <is>
-          <t>20000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="2" t="n">
-        <v>39581</v>
+        <v>39944</v>
       </c>
       <c r="B1508" t="n">
-        <v>76.5</v>
+        <v>70</v>
       </c>
       <c r="C1508" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="2" t="n">
-        <v>39559</v>
+        <v>39938</v>
       </c>
       <c r="B1509" t="n">
-        <v>76</v>
+        <v>66.5</v>
       </c>
       <c r="C1509" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="2" t="n">
-        <v>39554</v>
+        <v>39937</v>
       </c>
       <c r="B1510" t="n">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C1510" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="2" t="n">
-        <v>39548</v>
+        <v>39924</v>
       </c>
       <c r="B1511" t="n">
-        <v>73.5</v>
+        <v>68</v>
       </c>
       <c r="C1511" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="2" t="n">
-        <v>39518</v>
+        <v>39919</v>
       </c>
       <c r="B1512" t="n">
-        <v>73</v>
+        <v>66.5</v>
       </c>
       <c r="C1512" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="2" t="n">
-        <v>39504</v>
+        <v>39898</v>
       </c>
       <c r="B1513" t="n">
-        <v>72.75</v>
+        <v>66</v>
       </c>
       <c r="C1513" t="inlineStr">
         <is>
-          <t>1600</t>
+          <t>270</t>
         </is>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="2" t="n">
-        <v>39492</v>
+        <v>39897</v>
       </c>
       <c r="B1514" t="n">
-        <v>71.75</v>
+        <v>66</v>
       </c>
       <c r="C1514" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="2" t="n">
-        <v>39486</v>
+        <v>39892</v>
       </c>
       <c r="B1515" t="n">
-        <v>71.5</v>
+        <v>65</v>
       </c>
       <c r="C1515" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="2" t="n">
-        <v>39484</v>
+        <v>39889</v>
       </c>
       <c r="B1516" t="n">
-        <v>71.5</v>
+        <v>65</v>
       </c>
       <c r="C1516" t="inlineStr">
         <is>
           <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="2" t="n">
-        <v>39415</v>
+        <v>39883</v>
       </c>
       <c r="B1517" t="n">
-        <v>71.25</v>
+        <v>62</v>
       </c>
       <c r="C1517" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>240</t>
         </is>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="2" t="n">
-        <v>39360</v>
+        <v>39833</v>
       </c>
       <c r="B1518" t="n">
-        <v>71.5</v>
+        <v>70</v>
       </c>
       <c r="C1518" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="2" t="n">
-        <v>39356</v>
+        <v>39772</v>
       </c>
       <c r="B1519" t="n">
-        <v>73.5</v>
+        <v>76</v>
       </c>
       <c r="C1519" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="2" t="n">
-        <v>39353</v>
+        <v>39771</v>
       </c>
       <c r="B1520" t="n">
-        <v>71.75</v>
+        <v>77.5</v>
       </c>
       <c r="C1520" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="2" t="n">
-        <v>39352</v>
+        <v>39763</v>
       </c>
       <c r="B1521" t="n">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C1521" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="2" t="n">
-        <v>39348</v>
+        <v>39694</v>
       </c>
       <c r="B1522" t="n">
-        <v>75.5</v>
+        <v>80</v>
       </c>
       <c r="C1522" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="2" t="n">
-        <v>39345</v>
+        <v>39693</v>
       </c>
       <c r="B1523" t="n">
-        <v>75</v>
+        <v>79.5</v>
       </c>
       <c r="C1523" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>44</t>
         </is>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="2" t="n">
-        <v>39344</v>
+        <v>39587</v>
       </c>
       <c r="B1524" t="n">
-        <v>74</v>
+        <v>77.5</v>
       </c>
       <c r="C1524" t="inlineStr">
         <is>
-          <t>443</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="2" t="n">
-        <v>39338</v>
+        <v>39583</v>
       </c>
       <c r="B1525" t="n">
-        <v>75</v>
+        <v>76.5</v>
       </c>
       <c r="C1525" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>20000</t>
         </is>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="2" t="n">
-        <v>39335</v>
+        <v>39581</v>
       </c>
       <c r="B1526" t="n">
-        <v>74.5</v>
+        <v>76.5</v>
       </c>
       <c r="C1526" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="2" t="n">
-        <v>39331</v>
+        <v>39559</v>
       </c>
       <c r="B1527" t="n">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C1527" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="2" t="n">
-        <v>39330</v>
+        <v>39554</v>
       </c>
       <c r="B1528" t="n">
-        <v>73.5</v>
+        <v>75</v>
       </c>
       <c r="C1528" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="2" t="n">
-        <v>39328</v>
+        <v>39548</v>
       </c>
       <c r="B1529" t="n">
         <v>73.5</v>
       </c>
       <c r="C1529" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="2" t="n">
-        <v>39323</v>
+        <v>39518</v>
       </c>
       <c r="B1530" t="n">
         <v>73</v>
       </c>
       <c r="C1530" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="2" t="n">
-        <v>39311</v>
+        <v>39504</v>
       </c>
       <c r="B1531" t="n">
-        <v>73.75</v>
+        <v>72.75</v>
       </c>
       <c r="C1531" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>1600</t>
         </is>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="2" t="n">
-        <v>39308</v>
+        <v>39492</v>
       </c>
       <c r="B1532" t="n">
-        <v>74</v>
+        <v>71.75</v>
       </c>
       <c r="C1532" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="2" t="n">
-        <v>39303</v>
+        <v>39486</v>
       </c>
       <c r="B1533" t="n">
-        <v>74</v>
+        <v>71.5</v>
       </c>
       <c r="C1533" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="2" t="n">
-        <v>39302</v>
+        <v>39484</v>
       </c>
       <c r="B1534" t="n">
-        <v>75</v>
+        <v>71.5</v>
       </c>
       <c r="C1534" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="2" t="n">
-        <v>39293</v>
+        <v>39415</v>
       </c>
       <c r="B1535" t="n">
-        <v>74.25</v>
+        <v>71.25</v>
       </c>
       <c r="C1535" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="2" t="n">
-        <v>39290</v>
+        <v>39360</v>
       </c>
       <c r="B1536" t="n">
-        <v>74</v>
+        <v>71.5</v>
       </c>
       <c r="C1536" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="2" t="n">
-        <v>39282</v>
+        <v>39356</v>
       </c>
       <c r="B1537" t="n">
-        <v>74</v>
+        <v>73.5</v>
       </c>
       <c r="C1537" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="2" t="n">
-        <v>39281</v>
+        <v>39353</v>
       </c>
       <c r="B1538" t="n">
-        <v>73.5</v>
+        <v>71.75</v>
       </c>
       <c r="C1538" t="inlineStr">
         <is>
-          <t>3500</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="2" t="n">
-        <v>39280</v>
+        <v>39352</v>
       </c>
       <c r="B1539" t="n">
-        <v>73.09999999999999</v>
+        <v>73</v>
       </c>
       <c r="C1539" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>70</t>
         </is>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="2" t="n">
-        <v>39276</v>
+        <v>39348</v>
       </c>
       <c r="B1540" t="n">
-        <v>72.5</v>
+        <v>75.5</v>
       </c>
       <c r="C1540" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="2" t="n">
-        <v>39259</v>
+        <v>39345</v>
       </c>
       <c r="B1541" t="n">
-        <v>73.5</v>
+        <v>75</v>
       </c>
       <c r="C1541" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="2" t="n">
-        <v>39254</v>
+        <v>39344</v>
       </c>
       <c r="B1542" t="n">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C1542" t="inlineStr">
         <is>
-          <t>1106</t>
+          <t>443</t>
         </is>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="2" t="n">
-        <v>39251</v>
+        <v>39338</v>
       </c>
       <c r="B1543" t="n">
-        <v>73.25</v>
+        <v>75</v>
       </c>
       <c r="C1543" t="inlineStr">
         <is>
-          <t>2500</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="2" t="n">
-        <v>39245</v>
+        <v>39335</v>
       </c>
       <c r="B1544" t="n">
-        <v>73.25</v>
+        <v>74.5</v>
       </c>
       <c r="C1544" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="2" t="n">
-        <v>39244</v>
+        <v>39331</v>
       </c>
       <c r="B1545" t="n">
-        <v>73.5</v>
+        <v>74</v>
       </c>
       <c r="C1545" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="2" t="n">
-        <v>39237</v>
+        <v>39330</v>
       </c>
       <c r="B1546" t="n">
-        <v>74.5</v>
+        <v>73.5</v>
       </c>
       <c r="C1546" t="inlineStr">
         <is>
-          <t>1'100</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="2" t="n">
-        <v>39227</v>
+        <v>39328</v>
       </c>
       <c r="B1547" t="n">
-        <v>73.25</v>
+        <v>73.5</v>
       </c>
       <c r="C1547" t="inlineStr">
         <is>
-          <t>2150</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="2" t="n">
-        <v>39226</v>
+        <v>39323</v>
       </c>
       <c r="B1548" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C1548" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="2" t="n">
-        <v>39217</v>
+        <v>39311</v>
       </c>
       <c r="B1549" t="n">
-        <v>72.75</v>
+        <v>73.75</v>
       </c>
       <c r="C1549" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="2" t="n">
-        <v>39216</v>
+        <v>39308</v>
       </c>
       <c r="B1550" t="n">
-        <v>72.75</v>
+        <v>74</v>
       </c>
       <c r="C1550" t="inlineStr">
         <is>
-          <t>7000</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="2" t="n">
-        <v>39210</v>
+        <v>39303</v>
       </c>
       <c r="B1551" t="n">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C1551" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="2" t="n">
-        <v>39204</v>
+        <v>39302</v>
       </c>
       <c r="B1552" t="n">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C1552" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="2" t="n">
-        <v>39191</v>
+        <v>39293</v>
       </c>
       <c r="B1553" t="n">
-        <v>70</v>
+        <v>74.25</v>
       </c>
       <c r="C1553" t="inlineStr">
         <is>
-          <t>755</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="2" t="n">
-        <v>39163</v>
+        <v>39290</v>
       </c>
       <c r="B1554" t="n">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C1554" t="inlineStr">
         <is>
-          <t>1335</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="2" t="n">
-        <v>39160</v>
+        <v>39282</v>
       </c>
       <c r="B1555" t="n">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C1555" t="inlineStr">
         <is>
-          <t>1665</t>
+          <t>64</t>
         </is>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="2" t="n">
-        <v>39157</v>
+        <v>39281</v>
       </c>
       <c r="B1556" t="n">
-        <v>67.5</v>
+        <v>73.5</v>
       </c>
       <c r="C1556" t="inlineStr">
         <is>
-          <t>541</t>
+          <t>3500</t>
         </is>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="2" t="n">
-        <v>39126</v>
+        <v>39280</v>
       </c>
       <c r="B1557" t="n">
-        <v>67</v>
+        <v>73.09999999999999</v>
       </c>
       <c r="C1557" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="2" t="n">
-        <v>39125</v>
+        <v>39276</v>
       </c>
       <c r="B1558" t="n">
-        <v>68</v>
+        <v>72.5</v>
       </c>
       <c r="C1558" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="2" t="n">
-        <v>39122</v>
+        <v>39259</v>
       </c>
       <c r="B1559" t="n">
-        <v>65.5</v>
+        <v>73.5</v>
       </c>
       <c r="C1559" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="2" t="n">
-        <v>39120</v>
+        <v>39254</v>
       </c>
       <c r="B1560" t="n">
-        <v>65.5</v>
+        <v>73</v>
       </c>
       <c r="C1560" t="inlineStr">
         <is>
-          <t>4950</t>
+          <t>1106</t>
         </is>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="2" t="n">
-        <v>39113</v>
+        <v>39251</v>
       </c>
       <c r="B1561" t="n">
-        <v>65.5</v>
+        <v>73.25</v>
       </c>
       <c r="C1561" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>2500</t>
         </is>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="2" t="n">
-        <v>39112</v>
+        <v>39245</v>
       </c>
       <c r="B1562" t="n">
-        <v>64.5</v>
+        <v>73.25</v>
       </c>
       <c r="C1562" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>850</t>
         </is>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="2" t="n">
-        <v>39108</v>
+        <v>39244</v>
       </c>
       <c r="B1563" t="n">
-        <v>65</v>
+        <v>73.5</v>
       </c>
       <c r="C1563" t="inlineStr">
         <is>
-          <t>1101</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="2" t="n">
-        <v>39070</v>
+        <v>39237</v>
       </c>
       <c r="B1564" t="n">
-        <v>66</v>
+        <v>74.5</v>
       </c>
       <c r="C1564" t="inlineStr">
         <is>
-          <t>2500</t>
+          <t>1'100</t>
         </is>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="2" t="n">
-        <v>39069</v>
+        <v>39227</v>
       </c>
       <c r="B1565" t="n">
-        <v>66</v>
+        <v>73.25</v>
       </c>
       <c r="C1565" t="inlineStr">
         <is>
-          <t>1500</t>
+          <t>2150</t>
         </is>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="2" t="n">
-        <v>39068</v>
+        <v>39226</v>
       </c>
       <c r="B1566" t="n">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="C1566" t="inlineStr">
         <is>
-          <t>3500</t>
+          <t>325</t>
         </is>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="2" t="n">
-        <v>39067</v>
+        <v>39217</v>
       </c>
       <c r="B1567" t="n">
-        <v>66</v>
+        <v>72.75</v>
       </c>
       <c r="C1567" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>187</t>
         </is>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="2" t="n">
-        <v>39066</v>
+        <v>39216</v>
       </c>
       <c r="B1568" t="n">
-        <v>66</v>
+        <v>72.75</v>
       </c>
       <c r="C1568" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>7000</t>
         </is>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="2" t="n">
-        <v>39017</v>
+        <v>39210</v>
       </c>
       <c r="B1569" t="n">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="C1569" t="inlineStr">
         <is>
-          <t>1400</t>
+          <t>80</t>
         </is>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="2" t="n">
-        <v>39013</v>
+        <v>39204</v>
       </c>
       <c r="B1570" t="n">
-        <v>60.5</v>
+        <v>72</v>
       </c>
       <c r="C1570" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="2" t="n">
-        <v>39008</v>
+        <v>39191</v>
       </c>
       <c r="B1571" t="n">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C1571" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>755</t>
         </is>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="2" t="n">
-        <v>39000</v>
+        <v>39163</v>
       </c>
       <c r="B1572" t="n">
-        <v>59.75</v>
+        <v>68</v>
       </c>
       <c r="C1572" t="inlineStr">
         <is>
-          <t>317</t>
+          <t>1335</t>
         </is>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="2" t="n">
-        <v>38999</v>
+        <v>39160</v>
       </c>
       <c r="B1573" t="n">
-        <v>59.5</v>
+        <v>68</v>
       </c>
       <c r="C1573" t="inlineStr">
         <is>
-          <t>4900</t>
+          <t>1665</t>
         </is>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="2" t="n">
-        <v>38996</v>
+        <v>39157</v>
       </c>
       <c r="B1574" t="n">
-        <v>58</v>
+        <v>67.5</v>
       </c>
       <c r="C1574" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>541</t>
         </is>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="2" t="n">
-        <v>38995</v>
+        <v>39126</v>
       </c>
       <c r="B1575" t="n">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="C1575" t="inlineStr">
         <is>
-          <t>4806</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="2" t="n">
-        <v>38993</v>
+        <v>39125</v>
       </c>
       <c r="B1576" t="n">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C1576" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="2" t="n">
-        <v>38992</v>
+        <v>39122</v>
       </c>
       <c r="B1577" t="n">
-        <v>60</v>
+        <v>65.5</v>
       </c>
       <c r="C1577" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="2" t="n">
-        <v>38988</v>
+        <v>39120</v>
       </c>
       <c r="B1578" t="n">
-        <v>61</v>
+        <v>65.5</v>
       </c>
       <c r="C1578" t="inlineStr">
         <is>
-          <t>810</t>
+          <t>4950</t>
         </is>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="2" t="n">
-        <v>38986</v>
+        <v>39113</v>
       </c>
       <c r="B1579" t="n">
-        <v>61</v>
+        <v>65.5</v>
       </c>
       <c r="C1579" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" s="2" t="n">
-        <v>38985</v>
+        <v>39112</v>
       </c>
       <c r="B1580" t="n">
-        <v>58</v>
+        <v>64.5</v>
       </c>
       <c r="C1580" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="2" t="n">
-        <v>38980</v>
+        <v>39108</v>
       </c>
       <c r="B1581" t="n">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C1581" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>1101</t>
         </is>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="2" t="n">
-        <v>38979</v>
+        <v>39070</v>
       </c>
       <c r="B1582" t="n">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C1582" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>2500</t>
         </is>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" s="2" t="n">
-        <v>38975</v>
+        <v>39069</v>
       </c>
       <c r="B1583" t="n">
-        <v>58.5</v>
+        <v>66</v>
       </c>
       <c r="C1583" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>1500</t>
         </is>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" s="2" t="n">
-        <v>38974</v>
+        <v>39068</v>
       </c>
       <c r="B1584" t="n">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C1584" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>3500</t>
         </is>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="2" t="n">
-        <v>38968</v>
+        <v>39067</v>
       </c>
       <c r="B1585" t="n">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="C1585" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="2" t="n">
-        <v>38966</v>
+        <v>39066</v>
       </c>
       <c r="B1586" t="n">
-        <v>57.5</v>
+        <v>66</v>
       </c>
       <c r="C1586" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="2" t="n">
-        <v>38965</v>
+        <v>39017</v>
       </c>
       <c r="B1587" t="n">
-        <v>57.25</v>
+        <v>61</v>
       </c>
       <c r="C1587" t="inlineStr">
         <is>
-          <t>1325</t>
+          <t>1400</t>
         </is>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="2" t="n">
-        <v>38964</v>
+        <v>39013</v>
       </c>
       <c r="B1588" t="n">
-        <v>57</v>
+        <v>60.5</v>
       </c>
       <c r="C1588" t="inlineStr">
         <is>
-          <t>252</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="2" t="n">
-        <v>38959</v>
+        <v>39008</v>
       </c>
       <c r="B1589" t="n">
-        <v>57.5</v>
+        <v>61</v>
       </c>
       <c r="C1589" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="2" t="n">
-        <v>38954</v>
+        <v>39000</v>
       </c>
       <c r="B1590" t="n">
-        <v>57.5</v>
+        <v>59.75</v>
       </c>
       <c r="C1590" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>317</t>
         </is>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="2" t="n">
-        <v>38953</v>
+        <v>38999</v>
       </c>
       <c r="B1591" t="n">
-        <v>57</v>
+        <v>59.5</v>
       </c>
       <c r="C1591" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>4900</t>
         </is>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="2" t="n">
-        <v>38952</v>
+        <v>38996</v>
       </c>
       <c r="B1592" t="n">
-        <v>56.25</v>
+        <v>58</v>
       </c>
       <c r="C1592" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="2" t="n">
-        <v>38950</v>
+        <v>38995</v>
       </c>
       <c r="B1593" t="n">
-        <v>57.75</v>
+        <v>59</v>
       </c>
       <c r="C1593" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>4806</t>
         </is>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="2" t="n">
-        <v>38944</v>
+        <v>38993</v>
       </c>
       <c r="B1594" t="n">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C1594" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="2" t="n">
-        <v>38936</v>
+        <v>38992</v>
       </c>
       <c r="B1595" t="n">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C1595" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="2" t="n">
-        <v>38918</v>
+        <v>38988</v>
       </c>
       <c r="B1596" t="n">
-        <v>56.5</v>
+        <v>61</v>
       </c>
       <c r="C1596" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>810</t>
         </is>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="2" t="n">
-        <v>38905</v>
+        <v>38986</v>
       </c>
       <c r="B1597" t="n">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C1597" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="2" t="n">
-        <v>38904</v>
+        <v>38985</v>
       </c>
       <c r="B1598" t="n">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C1598" t="inlineStr">
         <is>
-          <t>767</t>
+          <t>325</t>
         </is>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="2" t="n">
-        <v>38903</v>
+        <v>38980</v>
       </c>
       <c r="B1599" t="n">
-        <v>52.75</v>
+        <v>60</v>
       </c>
       <c r="C1599" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>350</t>
         </is>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="2" t="n">
-        <v>38902</v>
+        <v>38979</v>
       </c>
       <c r="B1600" t="n">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C1600" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="2" t="n">
-        <v>38901</v>
+        <v>38975</v>
       </c>
       <c r="B1601" t="n">
-        <v>51.5</v>
+        <v>58.5</v>
       </c>
       <c r="C1601" t="inlineStr">
         <is>
-          <t>5850</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="2" t="n">
-        <v>38898</v>
+        <v>38974</v>
       </c>
       <c r="B1602" t="n">
-        <v>50.75</v>
+        <v>59</v>
       </c>
       <c r="C1602" t="inlineStr">
         <is>
-          <t>2700</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="2" t="n">
-        <v>38897</v>
+        <v>38968</v>
       </c>
       <c r="B1603" t="n">
-        <v>50.5</v>
+        <v>58</v>
       </c>
       <c r="C1603" t="inlineStr">
         <is>
-          <t>10900</t>
+          <t>1800</t>
         </is>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="2" t="n">
-        <v>38896</v>
+        <v>38966</v>
       </c>
       <c r="B1604" t="n">
-        <v>50.5</v>
+        <v>57.5</v>
       </c>
       <c r="C1604" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="2" t="n">
-        <v>38891</v>
+        <v>38965</v>
       </c>
       <c r="B1605" t="n">
-        <v>50.5</v>
+        <v>57.25</v>
       </c>
       <c r="C1605" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1325</t>
         </is>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="2" t="n">
-        <v>38887</v>
+        <v>38964</v>
       </c>
       <c r="B1606" t="n">
-        <v>50.5</v>
+        <v>57</v>
       </c>
       <c r="C1606" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>252</t>
         </is>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="2" t="n">
-        <v>38884</v>
+        <v>38959</v>
       </c>
       <c r="B1607" t="n">
-        <v>50</v>
+        <v>57.5</v>
       </c>
       <c r="C1607" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="2" t="n">
-        <v>38877</v>
+        <v>38954</v>
       </c>
       <c r="B1608" t="n">
-        <v>50</v>
+        <v>57.5</v>
       </c>
       <c r="C1608" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>599</t>
         </is>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="2" t="n">
-        <v>38859</v>
+        <v>38953</v>
       </c>
       <c r="B1609" t="n">
-        <v>50.25</v>
+        <v>57</v>
       </c>
       <c r="C1609" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="2" t="n">
-        <v>38848</v>
+        <v>38952</v>
       </c>
       <c r="B1610" t="n">
-        <v>50.25</v>
+        <v>56.25</v>
       </c>
       <c r="C1610" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>900</t>
         </is>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="2" t="n">
-        <v>38845</v>
+        <v>38950</v>
       </c>
       <c r="B1611" t="n">
-        <v>50.25</v>
+        <v>57.75</v>
       </c>
       <c r="C1611" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="2" t="n">
-        <v>38840</v>
+        <v>38944</v>
       </c>
       <c r="B1612" t="n">
-        <v>50.25</v>
+        <v>57</v>
       </c>
       <c r="C1612" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="2" t="n">
-        <v>38835</v>
+        <v>38936</v>
       </c>
       <c r="B1613" t="n">
-        <v>50.25</v>
+        <v>56</v>
       </c>
       <c r="C1613" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="2" t="n">
-        <v>38834</v>
+        <v>38918</v>
       </c>
       <c r="B1614" t="n">
-        <v>50.25</v>
+        <v>56.5</v>
       </c>
       <c r="C1614" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="2" t="n">
-        <v>38833</v>
+        <v>38905</v>
       </c>
       <c r="B1615" t="n">
-        <v>50.25</v>
+        <v>55</v>
       </c>
       <c r="C1615" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>141</t>
         </is>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="2" t="n">
-        <v>38832</v>
+        <v>38904</v>
       </c>
       <c r="B1616" t="n">
-        <v>50.25</v>
+        <v>54</v>
       </c>
       <c r="C1616" t="inlineStr">
         <is>
-          <t>11000</t>
+          <t>767</t>
         </is>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="2" t="n">
-        <v>38820</v>
+        <v>38903</v>
       </c>
       <c r="B1617" t="n">
-        <v>50.25</v>
+        <v>52.75</v>
       </c>
       <c r="C1617" t="inlineStr">
         <is>
-          <t>20000</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="2" t="n">
-        <v>38814</v>
+        <v>38902</v>
       </c>
       <c r="B1618" t="n">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C1618" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>2000</t>
         </is>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="2" t="n">
-        <v>38812</v>
+        <v>38901</v>
       </c>
       <c r="B1619" t="n">
-        <v>50</v>
+        <v>51.5</v>
       </c>
       <c r="C1619" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>5850</t>
         </is>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="2" t="n">
-        <v>38811</v>
+        <v>38898</v>
       </c>
       <c r="B1620" t="n">
-        <v>50</v>
+        <v>50.75</v>
       </c>
       <c r="C1620" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>2700</t>
         </is>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="2" t="n">
-        <v>38800</v>
+        <v>38897</v>
       </c>
       <c r="B1621" t="n">
-        <v>49.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1621" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>10900</t>
         </is>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="2" t="n">
-        <v>38799</v>
+        <v>38896</v>
       </c>
       <c r="B1622" t="n">
-        <v>49.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1622" t="inlineStr">
         <is>
-          <t>5350</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="2" t="n">
-        <v>38798</v>
+        <v>38891</v>
       </c>
       <c r="B1623" t="n">
-        <v>49.25</v>
+        <v>50.5</v>
       </c>
       <c r="C1623" t="inlineStr">
         <is>
-          <t>4000</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="2" t="n">
-        <v>38797</v>
+        <v>38887</v>
       </c>
       <c r="B1624" t="n">
-        <v>49.25</v>
+        <v>50.5</v>
       </c>
       <c r="C1624" t="inlineStr">
         <is>
-          <t>4000</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="2" t="n">
-        <v>38794</v>
+        <v>38884</v>
       </c>
       <c r="B1625" t="n">
-        <v>49.5</v>
+        <v>50</v>
       </c>
       <c r="C1625" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>170</t>
         </is>
       </c>
     </row>
     <row r="1626">
       <c r="A1626" s="2" t="n">
-        <v>38782</v>
+        <v>38877</v>
       </c>
       <c r="B1626" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C1626" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>217</t>
         </is>
       </c>
     </row>
     <row r="1627">
       <c r="A1627" s="2" t="n">
-        <v>38778</v>
+        <v>38859</v>
       </c>
       <c r="B1627" t="n">
-        <v>48</v>
+        <v>50.25</v>
       </c>
       <c r="C1627" t="inlineStr">
         <is>
-          <t>6800</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1628">
       <c r="A1628" s="2" t="n">
-        <v>38777</v>
+        <v>38848</v>
       </c>
       <c r="B1628" t="n">
-        <v>48</v>
+        <v>50.25</v>
       </c>
       <c r="C1628" t="inlineStr">
         <is>
-          <t>6000</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1629">
       <c r="A1629" s="2" t="n">
-        <v>38775</v>
+        <v>38845</v>
       </c>
       <c r="B1629" t="n">
-        <v>47.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1629" t="inlineStr">
         <is>
-          <t>4162</t>
+          <t>238</t>
         </is>
       </c>
     </row>
     <row r="1630">
       <c r="A1630" s="2" t="n">
-        <v>38741</v>
+        <v>38840</v>
       </c>
       <c r="B1630" t="n">
-        <v>50</v>
+        <v>50.25</v>
       </c>
       <c r="C1630" t="inlineStr">
         <is>
-          <t>679</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1631">
       <c r="A1631" s="2" t="n">
-        <v>38737</v>
+        <v>38835</v>
       </c>
       <c r="B1631" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1631" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1632">
       <c r="A1632" s="2" t="n">
-        <v>38735</v>
+        <v>38834</v>
       </c>
       <c r="B1632" t="n">
-        <v>49.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1632" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="2" t="n">
-        <v>38733</v>
+        <v>38833</v>
       </c>
       <c r="B1633" t="n">
-        <v>49.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1633" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="2" t="n">
-        <v>38707</v>
+        <v>38832</v>
       </c>
       <c r="B1634" t="n">
-        <v>50.5</v>
+        <v>50.25</v>
       </c>
       <c r="C1634" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>11000</t>
         </is>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="2" t="n">
-        <v>38687</v>
+        <v>38820</v>
       </c>
       <c r="B1635" t="n">
-        <v>50.75</v>
+        <v>50.25</v>
       </c>
       <c r="C1635" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>20000</t>
         </is>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="2" t="n">
-        <v>38657</v>
+        <v>38814</v>
       </c>
       <c r="B1636" t="n">
-        <v>50.5</v>
+        <v>50</v>
       </c>
       <c r="C1636" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>150</t>
         </is>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="2" t="n">
-        <v>38656</v>
+        <v>38812</v>
       </c>
       <c r="B1637" t="n">
-        <v>50.5</v>
+        <v>50</v>
       </c>
       <c r="C1637" t="inlineStr">
         <is>
-          <t>1212</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="2" t="n">
-        <v>38650</v>
+        <v>38811</v>
       </c>
       <c r="B1638" t="n">
-        <v>50.25</v>
+        <v>50</v>
       </c>
       <c r="C1638" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="1639">
       <c r="A1639" s="2" t="n">
-        <v>38642</v>
+        <v>38800</v>
       </c>
       <c r="B1639" t="n">
-        <v>50.5</v>
+        <v>49.5</v>
       </c>
       <c r="C1639" t="inlineStr">
         <is>
-          <t>4728</t>
+          <t>300</t>
         </is>
       </c>
     </row>
     <row r="1640">
       <c r="A1640" s="2" t="n">
-        <v>38638</v>
+        <v>38799</v>
       </c>
       <c r="B1640" t="n">
-        <v>50</v>
+        <v>49.5</v>
       </c>
       <c r="C1640" t="inlineStr">
         <is>
-          <t>416</t>
+          <t>5350</t>
         </is>
       </c>
     </row>
     <row r="1641">
       <c r="A1641" s="2" t="n">
-        <v>38636</v>
+        <v>38798</v>
       </c>
       <c r="B1641" t="n">
-        <v>51</v>
+        <v>49.25</v>
       </c>
       <c r="C1641" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>4000</t>
         </is>
       </c>
     </row>
     <row r="1642">
       <c r="A1642" s="2" t="n">
-        <v>38635</v>
+        <v>38797</v>
       </c>
       <c r="B1642" t="n">
-        <v>50.5</v>
+        <v>49.25</v>
       </c>
       <c r="C1642" t="inlineStr">
         <is>
-          <t>1135</t>
+          <t>4000</t>
         </is>
       </c>
     </row>
     <row r="1643">
       <c r="A1643" s="2" t="n">
-        <v>38630</v>
+        <v>38794</v>
       </c>
       <c r="B1643" t="n">
-        <v>50.5</v>
+        <v>49.5</v>
       </c>
       <c r="C1643" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1644">
       <c r="A1644" s="2" t="n">
-        <v>38624</v>
+        <v>38782</v>
       </c>
       <c r="B1644" t="n">
-        <v>50.5</v>
+        <v>49</v>
       </c>
       <c r="C1644" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1645">
       <c r="A1645" s="2" t="n">
-        <v>38621</v>
+        <v>38778</v>
       </c>
       <c r="B1645" t="n">
-        <v>50.5</v>
+        <v>48</v>
       </c>
       <c r="C1645" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>6800</t>
         </is>
       </c>
     </row>
     <row r="1646">
       <c r="A1646" s="2" t="n">
-        <v>38618</v>
+        <v>38777</v>
       </c>
       <c r="B1646" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C1646" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>6000</t>
         </is>
       </c>
     </row>
     <row r="1647">
       <c r="A1647" s="2" t="n">
-        <v>38617</v>
+        <v>38775</v>
       </c>
       <c r="B1647" t="n">
-        <v>50</v>
+        <v>47.5</v>
       </c>
       <c r="C1647" t="inlineStr">
         <is>
-          <t>520</t>
+          <t>4162</t>
         </is>
       </c>
     </row>
     <row r="1648">
       <c r="A1648" s="2" t="n">
-        <v>38616</v>
+        <v>38741</v>
       </c>
       <c r="B1648" t="n">
-        <v>49.75</v>
+        <v>50</v>
       </c>
       <c r="C1648" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>679</t>
         </is>
       </c>
     </row>
     <row r="1649">
       <c r="A1649" s="2" t="n">
-        <v>38615</v>
+        <v>38737</v>
       </c>
       <c r="B1649" t="n">
-        <v>50</v>
+        <v>50.5</v>
       </c>
       <c r="C1649" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1650">
       <c r="A1650" s="2" t="n">
-        <v>38610</v>
+        <v>38735</v>
       </c>
       <c r="B1650" t="n">
-        <v>49.25</v>
+        <v>49.5</v>
       </c>
       <c r="C1650" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>235</t>
         </is>
       </c>
     </row>
     <row r="1651">
       <c r="A1651" s="2" t="n">
-        <v>38608</v>
+        <v>38733</v>
       </c>
       <c r="B1651" t="n">
-        <v>49</v>
+        <v>49.5</v>
       </c>
       <c r="C1651" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1652">
       <c r="A1652" s="2" t="n">
-        <v>38607</v>
+        <v>38707</v>
       </c>
       <c r="B1652" t="n">
-        <v>48.75</v>
+        <v>50.5</v>
       </c>
       <c r="C1652" t="inlineStr">
         <is>
-          <t>6405</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="1653">
       <c r="A1653" s="2" t="n">
-        <v>38604</v>
+        <v>38687</v>
       </c>
       <c r="B1653" t="n">
-        <v>48.75</v>
+        <v>50.75</v>
       </c>
       <c r="C1653" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1654">
       <c r="A1654" s="2" t="n">
-        <v>38602</v>
+        <v>38657</v>
       </c>
       <c r="B1654" t="n">
-        <v>48.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1654" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>600</t>
         </is>
       </c>
     </row>
     <row r="1655">
       <c r="A1655" s="2" t="n">
-        <v>38600</v>
+        <v>38656</v>
       </c>
       <c r="B1655" t="n">
-        <v>48.25</v>
+        <v>50.5</v>
       </c>
       <c r="C1655" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>1212</t>
         </is>
       </c>
     </row>
     <row r="1656">
       <c r="A1656" s="2" t="n">
-        <v>38597</v>
+        <v>38650</v>
       </c>
       <c r="B1656" t="n">
-        <v>48.25</v>
+        <v>50.25</v>
       </c>
       <c r="C1656" t="inlineStr">
         <is>
-          <t>1271</t>
+          <t>102</t>
         </is>
       </c>
     </row>
     <row r="1657">
       <c r="A1657" s="2" t="n">
-        <v>38593</v>
+        <v>38642</v>
       </c>
       <c r="B1657" t="n">
-        <v>48</v>
+        <v>50.5</v>
       </c>
       <c r="C1657" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>4728</t>
         </is>
       </c>
     </row>
     <row r="1658">
       <c r="A1658" s="2" t="n">
-        <v>38592</v>
+        <v>38638</v>
       </c>
       <c r="B1658" t="n">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C1658" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>416</t>
         </is>
       </c>
     </row>
     <row r="1659">
       <c r="A1659" s="2" t="n">
-        <v>38587</v>
+        <v>38636</v>
       </c>
       <c r="B1659" t="n">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C1659" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>100</t>
         </is>
       </c>
     </row>
     <row r="1660">
       <c r="A1660" s="2" t="n">
-        <v>38586</v>
+        <v>38635</v>
       </c>
       <c r="B1660" t="n">
-        <v>46.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1660" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>1135</t>
         </is>
       </c>
     </row>
     <row r="1661">
       <c r="A1661" s="2" t="n">
-        <v>38583</v>
+        <v>38630</v>
       </c>
       <c r="B1661" t="n">
-        <v>47.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1661" t="inlineStr">
         <is>
-          <t>4000</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="2" t="n">
-        <v>38581</v>
+        <v>38624</v>
       </c>
       <c r="B1662" t="n">
-        <v>46.5</v>
+        <v>50.5</v>
       </c>
       <c r="C1662" t="inlineStr">
         <is>
-          <t>3000</t>
+          <t>250</t>
         </is>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="2" t="n">
-        <v>38580</v>
+        <v>38621</v>
       </c>
       <c r="B1663" t="n">
-        <v>47</v>
+        <v>50.5</v>
       </c>
       <c r="C1663" t="inlineStr">
         <is>
           <t>500</t>
         </is>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="2" t="n">
-        <v>38576</v>
+        <v>38618</v>
       </c>
       <c r="B1664" t="n">
-        <v>46.5</v>
+        <v>50</v>
       </c>
       <c r="C1664" t="inlineStr">
         <is>
-          <t>6000</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="2" t="n">
-        <v>38574</v>
+        <v>38617</v>
       </c>
       <c r="B1665" t="n">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C1665" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>520</t>
         </is>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="2" t="n">
-        <v>38560</v>
+        <v>38616</v>
       </c>
       <c r="B1666" t="n">
-        <v>45.5</v>
+        <v>49.75</v>
       </c>
       <c r="C1666" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="2" t="n">
-        <v>38559</v>
+        <v>38615</v>
       </c>
       <c r="B1667" t="n">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C1667" t="inlineStr">
         <is>
-          <t>575</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="2" t="n">
-        <v>38555</v>
+        <v>38610</v>
       </c>
       <c r="B1668" t="n">
-        <v>45.5</v>
+        <v>49.25</v>
       </c>
       <c r="C1668" t="inlineStr">
         <is>
-          <t>14645</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1669">
       <c r="A1669" s="2" t="n">
-        <v>38553</v>
+        <v>38608</v>
       </c>
       <c r="B1669" t="n">
-        <v>44.5</v>
+        <v>49</v>
       </c>
       <c r="C1669" t="inlineStr">
         <is>
-          <t>15000</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1670">
       <c r="A1670" s="2" t="n">
-        <v>38551</v>
+        <v>38607</v>
       </c>
       <c r="B1670" t="n">
-        <v>44.5</v>
+        <v>48.75</v>
       </c>
       <c r="C1670" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>6405</t>
         </is>
       </c>
     </row>
     <row r="1671">
       <c r="A1671" s="2" t="n">
-        <v>38548</v>
+        <v>38604</v>
       </c>
       <c r="B1671" t="n">
-        <v>45.5</v>
+        <v>48.75</v>
       </c>
       <c r="C1671" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>800</t>
         </is>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="2" t="n">
-        <v>38544</v>
+        <v>38602</v>
       </c>
       <c r="B1672" t="n">
-        <v>44</v>
+        <v>48.5</v>
       </c>
       <c r="C1672" t="inlineStr">
         <is>
-          <t>4775</t>
+          <t>1200</t>
         </is>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="2" t="n">
-        <v>38524</v>
+        <v>38600</v>
       </c>
       <c r="B1673" t="n">
-        <v>43</v>
+        <v>48.25</v>
       </c>
       <c r="C1673" t="inlineStr">
         <is>
-          <t>264</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="2" t="n">
-        <v>38523</v>
+        <v>38597</v>
       </c>
       <c r="B1674" t="n">
-        <v>43</v>
+        <v>48.25</v>
       </c>
       <c r="C1674" t="inlineStr">
         <is>
-          <t>259</t>
+          <t>1271</t>
         </is>
       </c>
     </row>
     <row r="1675">
       <c r="A1675" s="2" t="n">
-        <v>38491</v>
+        <v>38593</v>
       </c>
       <c r="B1675" t="n">
-        <v>45.5</v>
+        <v>48</v>
       </c>
       <c r="C1675" t="inlineStr">
         <is>
-          <t>1100</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="1676">
       <c r="A1676" s="2" t="n">
-        <v>38489</v>
+        <v>38592</v>
       </c>
       <c r="B1676" t="n">
-        <v>45.5</v>
+        <v>48</v>
       </c>
       <c r="C1676" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>1000</t>
         </is>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="2" t="n">
-        <v>38475</v>
+        <v>38587</v>
       </c>
       <c r="B1677" t="n">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C1677" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="2" t="n">
-        <v>38474</v>
+        <v>38586</v>
       </c>
       <c r="B1678" t="n">
-        <v>44.5</v>
+        <v>46.5</v>
       </c>
       <c r="C1678" t="inlineStr">
         <is>
-          <t>4632</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="1679">
       <c r="A1679" s="2" t="n">
-        <v>38462</v>
+        <v>38583</v>
       </c>
       <c r="B1679" t="n">
-        <v>44.5</v>
+        <v>47.5</v>
       </c>
       <c r="C1679" t="inlineStr">
         <is>
-          <t>1325</t>
+          <t>4000</t>
         </is>
       </c>
     </row>
     <row r="1680">
       <c r="A1680" s="2" t="n">
-        <v>38456</v>
+        <v>38581</v>
       </c>
       <c r="B1680" t="n">
-        <v>45.5</v>
+        <v>46.5</v>
       </c>
       <c r="C1680" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>3000</t>
         </is>
       </c>
     </row>
     <row r="1681">
       <c r="A1681" s="2" t="n">
-        <v>38455</v>
+        <v>38580</v>
       </c>
       <c r="B1681" t="n">
-        <v>44.5</v>
+        <v>47</v>
       </c>
       <c r="C1681" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1682">
       <c r="A1682" s="2" t="n">
-        <v>38453</v>
+        <v>38576</v>
       </c>
       <c r="B1682" t="n">
-        <v>46</v>
+        <v>46.5</v>
       </c>
       <c r="C1682" t="inlineStr">
         <is>
-          <t>608</t>
+          <t>6000</t>
         </is>
       </c>
     </row>
     <row r="1683">
       <c r="A1683" s="2" t="n">
-        <v>38447</v>
+        <v>38574</v>
       </c>
       <c r="B1683" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C1683" t="inlineStr">
         <is>
-          <t>1481</t>
+          <t>400</t>
         </is>
       </c>
     </row>
     <row r="1684">
       <c r="A1684" s="2" t="n">
-        <v>38432</v>
+        <v>38560</v>
       </c>
       <c r="B1684" t="n">
-        <v>45</v>
+        <v>45.5</v>
       </c>
       <c r="C1684" t="inlineStr">
         <is>
-          <t>1054</t>
+          <t>10000</t>
         </is>
       </c>
     </row>
     <row r="1685">
       <c r="A1685" s="2" t="n">
-        <v>38428</v>
+        <v>38559</v>
       </c>
       <c r="B1685" t="n">
-        <v>45.5</v>
+        <v>45</v>
       </c>
       <c r="C1685" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>575</t>
         </is>
       </c>
     </row>
     <row r="1686">
       <c r="A1686" s="2" t="n">
-        <v>38421</v>
+        <v>38555</v>
       </c>
       <c r="B1686" t="n">
         <v>45.5</v>
       </c>
       <c r="C1686" t="inlineStr">
         <is>
-          <t>1865</t>
+          <t>14645</t>
         </is>
       </c>
     </row>
     <row r="1687">
       <c r="A1687" s="2" t="n">
-        <v>38419</v>
+        <v>38553</v>
       </c>
       <c r="B1687" t="n">
-        <v>45.5</v>
+        <v>44.5</v>
       </c>
       <c r="C1687" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>15000</t>
         </is>
       </c>
     </row>
     <row r="1688">
       <c r="A1688" s="2" t="n">
-        <v>38413</v>
+        <v>38551</v>
       </c>
       <c r="B1688" t="n">
-        <v>46</v>
+        <v>44.5</v>
       </c>
       <c r="C1688" t="inlineStr">
         <is>
-          <t>216</t>
+          <t>500</t>
         </is>
       </c>
     </row>
     <row r="1689">
       <c r="A1689" s="2" t="n">
-        <v>38412</v>
+        <v>38548</v>
       </c>
       <c r="B1689" t="n">
-        <v>47</v>
+        <v>45.5</v>
       </c>
       <c r="C1689" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>700</t>
         </is>
       </c>
     </row>
     <row r="1690">
       <c r="A1690" s="2" t="n">
-        <v>38399</v>
+        <v>38544</v>
       </c>
       <c r="B1690" t="n">
-        <v>48.5</v>
+        <v>44</v>
       </c>
       <c r="C1690" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>4775</t>
         </is>
       </c>
     </row>
     <row r="1691">
       <c r="A1691" s="2" t="n">
-        <v>38397</v>
+        <v>38524</v>
       </c>
       <c r="B1691" t="n">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="C1691" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>264</t>
         </is>
       </c>
     </row>
     <row r="1692">
       <c r="A1692" s="2" t="n">
-        <v>38394</v>
+        <v>38523</v>
       </c>
       <c r="B1692" t="n">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="C1692" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>259</t>
         </is>
       </c>
     </row>
     <row r="1693">
       <c r="A1693" s="2" t="n">
-        <v>38393</v>
+        <v>38491</v>
       </c>
       <c r="B1693" t="n">
-        <v>52.5</v>
+        <v>45.5</v>
       </c>
       <c r="C1693" t="inlineStr">
         <is>
-          <t>1299</t>
+          <t>1100</t>
         </is>
       </c>
     </row>
     <row r="1694">
       <c r="A1694" s="2" t="n">
+        <v>38489</v>
+      </c>
+      <c r="B1694" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1694" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+    </row>
+    <row r="1695">
+      <c r="A1695" s="2" t="n">
+        <v>38475</v>
+      </c>
+      <c r="B1695" t="n">
+        <v>45</v>
+      </c>
+      <c r="C1695" t="inlineStr">
+        <is>
+          <t>1000</t>
+        </is>
+      </c>
+    </row>
+    <row r="1696">
+      <c r="A1696" s="2" t="n">
+        <v>38474</v>
+      </c>
+      <c r="B1696" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1696" t="inlineStr">
+        <is>
+          <t>4632</t>
+        </is>
+      </c>
+    </row>
+    <row r="1697">
+      <c r="A1697" s="2" t="n">
+        <v>38462</v>
+      </c>
+      <c r="B1697" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1697" t="inlineStr">
+        <is>
+          <t>1325</t>
+        </is>
+      </c>
+    </row>
+    <row r="1698">
+      <c r="A1698" s="2" t="n">
+        <v>38456</v>
+      </c>
+      <c r="B1698" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1698" t="inlineStr">
+        <is>
+          <t>1000</t>
+        </is>
+      </c>
+    </row>
+    <row r="1699">
+      <c r="A1699" s="2" t="n">
+        <v>38455</v>
+      </c>
+      <c r="B1699" t="n">
+        <v>44.5</v>
+      </c>
+      <c r="C1699" t="inlineStr">
+        <is>
+          <t>346</t>
+        </is>
+      </c>
+    </row>
+    <row r="1700">
+      <c r="A1700" s="2" t="n">
+        <v>38453</v>
+      </c>
+      <c r="B1700" t="n">
+        <v>46</v>
+      </c>
+      <c r="C1700" t="inlineStr">
+        <is>
+          <t>608</t>
+        </is>
+      </c>
+    </row>
+    <row r="1701">
+      <c r="A1701" s="2" t="n">
+        <v>38447</v>
+      </c>
+      <c r="B1701" t="n">
+        <v>45</v>
+      </c>
+      <c r="C1701" t="inlineStr">
+        <is>
+          <t>1481</t>
+        </is>
+      </c>
+    </row>
+    <row r="1702">
+      <c r="A1702" s="2" t="n">
+        <v>38432</v>
+      </c>
+      <c r="B1702" t="n">
+        <v>45</v>
+      </c>
+      <c r="C1702" t="inlineStr">
+        <is>
+          <t>1054</t>
+        </is>
+      </c>
+    </row>
+    <row r="1703">
+      <c r="A1703" s="2" t="n">
+        <v>38428</v>
+      </c>
+      <c r="B1703" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1703" t="inlineStr">
+        <is>
+          <t>354</t>
+        </is>
+      </c>
+    </row>
+    <row r="1704">
+      <c r="A1704" s="2" t="n">
+        <v>38421</v>
+      </c>
+      <c r="B1704" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1704" t="inlineStr">
+        <is>
+          <t>1865</t>
+        </is>
+      </c>
+    </row>
+    <row r="1705">
+      <c r="A1705" s="2" t="n">
+        <v>38419</v>
+      </c>
+      <c r="B1705" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="C1705" t="inlineStr">
+        <is>
+          <t>433</t>
+        </is>
+      </c>
+    </row>
+    <row r="1706">
+      <c r="A1706" s="2" t="n">
+        <v>38413</v>
+      </c>
+      <c r="B1706" t="n">
+        <v>46</v>
+      </c>
+      <c r="C1706" t="inlineStr">
+        <is>
+          <t>216</t>
+        </is>
+      </c>
+    </row>
+    <row r="1707">
+      <c r="A1707" s="2" t="n">
+        <v>38412</v>
+      </c>
+      <c r="B1707" t="n">
+        <v>47</v>
+      </c>
+      <c r="C1707" t="inlineStr">
+        <is>
+          <t>500</t>
+        </is>
+      </c>
+    </row>
+    <row r="1708">
+      <c r="A1708" s="2" t="n">
+        <v>38399</v>
+      </c>
+      <c r="B1708" t="n">
+        <v>48.5</v>
+      </c>
+      <c r="C1708" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+    </row>
+    <row r="1709">
+      <c r="A1709" s="2" t="n">
+        <v>38397</v>
+      </c>
+      <c r="B1709" t="n">
+        <v>50</v>
+      </c>
+      <c r="C1709" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+    </row>
+    <row r="1710">
+      <c r="A1710" s="2" t="n">
+        <v>38394</v>
+      </c>
+      <c r="B1710" t="n">
+        <v>51</v>
+      </c>
+      <c r="C1710" t="inlineStr">
+        <is>
+          <t>325</t>
+        </is>
+      </c>
+    </row>
+    <row r="1711">
+      <c r="A1711" s="2" t="n">
+        <v>38393</v>
+      </c>
+      <c r="B1711" t="n">
+        <v>52.5</v>
+      </c>
+      <c r="C1711" t="inlineStr">
+        <is>
+          <t>1299</t>
+        </is>
+      </c>
+    </row>
+    <row r="1712">
+      <c r="A1712" s="2" t="n">
         <v>38392</v>
       </c>
-      <c r="B1694" t="n">
+      <c r="B1712" t="n">
         <v>52.5</v>
       </c>
-      <c r="C1694" t="inlineStr">
+      <c r="C1712" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>